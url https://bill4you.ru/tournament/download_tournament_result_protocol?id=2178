--- v0 (2025-10-04)
+++ v1 (2025-12-08)
@@ -1218,51 +1218,51 @@
       </c>
       <c r="C28" s="8">
         <v>1988</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>1985</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>1984</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F30" s="1"/>
@@ -1436,51 +1436,51 @@
       </c>
       <c r="C39" s="8">
         <v>1998</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>2009</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>1973</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E41" s="9"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
@@ -1570,55 +1570,59 @@
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>1982</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
-      <c r="C47" s="8"/>
+      <c r="C47" s="8">
+        <v>1959</v>
+      </c>
       <c r="D47" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="E47" s="9"/>
+      <c r="E47" s="9" t="s">
+        <v>87</v>
+      </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>1982</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
@@ -1861,51 +1865,51 @@
       </c>
       <c r="B61" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C61" s="8">
         <v>1986</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C62" s="8">
-        <v>1983</v>
+        <v>2025</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C63" s="8">
         <v>2011</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E63" s="9" t="s">