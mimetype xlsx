--- v0 (2025-10-16)
+++ v1 (2026-03-24)
@@ -897,51 +897,51 @@
       </c>
       <c r="C19" s="8">
         <v>2008</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="8">
         <v>2012</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="8">
         <v>2012</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>44</v>
       </c>
       <c r="F21" s="1"/>