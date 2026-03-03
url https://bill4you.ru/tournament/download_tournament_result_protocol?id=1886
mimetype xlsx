--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -68,180 +68,180 @@
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Барсуков-Кондратьев</t>
   </si>
   <si>
     <t>Барсуков Григорий</t>
   </si>
   <si>
     <t>Кондратьев Илья</t>
   </si>
   <si>
     <t>Ненев-Долныков</t>
   </si>
   <si>
-    <t>Ненев Глеб</t>
+    <t>Долныков Артемий</t>
   </si>
   <si>
-    <t>Долныков Артемий</t>
+    <t>Ненев Глеб</t>
   </si>
   <si>
     <t>Ткачев-Осипов</t>
   </si>
   <si>
     <t>Ткачев Евгений</t>
   </si>
   <si>
     <t>Осипов Никита</t>
   </si>
   <si>
     <t>Наумов-Мечковский</t>
   </si>
   <si>
+    <t>Мечковский Олег</t>
+  </si>
+  <si>
     <t>Наумов Никита</t>
   </si>
   <si>
-    <t>Мечковский Олег</t>
+    <t>Волков-Курбатский</t>
+  </si>
+  <si>
+    <t>Волков Макар</t>
+  </si>
+  <si>
+    <t>Курбатский Семён</t>
+  </si>
+  <si>
+    <t>Тяпин-Шленских</t>
+  </si>
+  <si>
+    <t>Тяпин Борис</t>
+  </si>
+  <si>
+    <t>Шленских Денис</t>
   </si>
   <si>
     <t>Карпов-Дышлевой</t>
   </si>
   <si>
     <t>Карпов Илья</t>
   </si>
   <si>
     <t>Дышлевой Александр</t>
   </si>
   <si>
     <t>Семенов-Попов</t>
   </si>
   <si>
     <t>Семенов Владимир</t>
   </si>
   <si>
     <t>Попов Владислав</t>
   </si>
   <si>
-    <t>Волков-Курбатский</t>
+    <t>Решетов-Перминов</t>
   </si>
   <si>
-    <t>Волков Макар</t>
+    <t>Перминов Сергей</t>
   </si>
   <si>
-    <t>Курбатский Семён</t>
-[...8 lines deleted...]
-    <t>Шленских Денис</t>
+    <t>Решетов Владимир</t>
   </si>
   <si>
     <t>Ушаков-Сарамудов</t>
   </si>
   <si>
     <t>Ушаков Александр</t>
   </si>
   <si>
     <t>Сарамудов Вячеслав</t>
   </si>
   <si>
     <t>Реутов-Суворов</t>
   </si>
   <si>
     <t>Реутов Иван</t>
   </si>
   <si>
     <t>Суворов Андрей</t>
   </si>
   <si>
     <t>Кудинов-Узакбаев</t>
   </si>
   <si>
+    <t>Узакбаев Рустам</t>
+  </si>
+  <si>
     <t>Кудинов Сергей</t>
   </si>
   <si>
-    <t>Узакбаев Рустам</t>
+    <t>Зюзин-Громов</t>
   </si>
   <si>
-    <t>Решетов-Перминов</t>
+    <t>Громов Андрей</t>
   </si>
   <si>
-    <t>Решетов Владимир</t>
-[...2 lines deleted...]
-    <t>Перминов Сергей</t>
+    <t>Зюзин Илья</t>
   </si>
   <si>
     <t>Васильев-Зорин</t>
   </si>
   <si>
     <t>Васильев Олег</t>
   </si>
   <si>
     <t>Зорин Владимир</t>
   </si>
   <si>
     <t>Худяшов-Галай</t>
   </si>
   <si>
     <t>Худяшов Михаил</t>
   </si>
   <si>
     <t>Галай Иван</t>
   </si>
   <si>
     <t>Печенкин-Васильев</t>
   </si>
   <si>
     <t>Печенкин Константин</t>
   </si>
   <si>
     <t>Васильев Александр</t>
-  </si>
-[...7 lines deleted...]
-    <t>Громов Андрей</t>
   </si>
   <si>
     <t>Косушкин-Зубко</t>
   </si>
   <si>
     <t>Косушкин Евгений</t>
   </si>
   <si>
     <t>Зубко Дмитрий</t>
   </si>
   <si>
     <t>Балуев-Нагорнов</t>
   </si>
   <si>
     <t>Балуев Данила</t>
   </si>
   <si>
     <t>Нагорнов Александр</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Михалицын Александр</t>
   </si>
@@ -980,816 +980,816 @@
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="9">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="9">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="D22" s="9" t="s">
         <v>73</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="9">
-        <v>1983</v>
+        <v>2012</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C26" s="9">
-        <v>1982</v>
+        <v>2010</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>29</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C29" s="9">
-        <v>2006</v>
+        <v>1994</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E29" s="12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="9">
-        <v>2006</v>
+        <v>1980</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E30" s="12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C33" s="9">
-        <v>2012</v>
+        <v>1983</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>74</v>
       </c>
       <c r="E33" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C34" s="9">
-        <v>2010</v>
+        <v>1982</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E34" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C37" s="9">
-        <v>1994</v>
+        <v>2006</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C38" s="9">
-        <v>1980</v>
+        <v>2006</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C41" s="9">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E41" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C42" s="9">
-        <v>1975</v>
+        <v>2008</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E42" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C45" s="9">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E45" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C46" s="9">
-        <v>2011</v>
+        <v>1975</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="3">
       <c r="A47" s="9"/>
       <c r="B47" s="12"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="12"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>44</v>
       </c>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="9"/>
       <c r="B49" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C49" s="9">
-        <v>1950</v>
+        <v>2011</v>
       </c>
       <c r="D49" s="9" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C50" s="9">
-        <v>1951</v>
+        <v>2011</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="3">
       <c r="A51" s="9"/>
       <c r="B51" s="12"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="12"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="11" t="s">
         <v>47</v>
       </c>
       <c r="C52" s="11"/>
       <c r="D52" s="11"/>
       <c r="E52" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="9"/>
       <c r="B53" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C53" s="9">
-        <v>2008</v>
+        <v>1951</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E53" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="9"/>
       <c r="B54" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C54" s="9">
-        <v>2011</v>
+        <v>1950</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E54" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="3">
       <c r="A55" s="9"/>
       <c r="B55" s="12"/>
       <c r="C55" s="9"/>
       <c r="D55" s="9"/>
       <c r="E55" s="12"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="9"/>
       <c r="B57" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="9">
-        <v>1965</v>
+        <v>2011</v>
       </c>
       <c r="D57" s="9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E57" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="9"/>
       <c r="B58" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C58" s="9">
-        <v>1960</v>
+        <v>2011</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E58" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="3">
       <c r="A59" s="9"/>
       <c r="B59" s="12"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="12"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="9"/>
       <c r="B61" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C61" s="9">
-        <v>1946</v>
+        <v>1965</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E61" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="9"/>
       <c r="B62" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C62" s="9">
-        <v>1950</v>
+        <v>1960</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E62" s="12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="3">
       <c r="A63" s="9"/>
       <c r="B63" s="12"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="12"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="9"/>
       <c r="B65" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C65" s="9">
-        <v>1959</v>
+        <v>1946</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E65" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="9"/>
       <c r="B66" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C66" s="9">
-        <v>1955</v>
+        <v>1950</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>75</v>
       </c>
       <c r="E66" s="12" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="3">
       <c r="A67" s="9"/>
       <c r="B67" s="12"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="12"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B68" s="11" t="s">
         <v>59</v>
       </c>
       <c r="C68" s="11"/>
       <c r="D68" s="11"/>
       <c r="E68" s="11" t="s">
         <v>79</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="9"/>
       <c r="B69" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C69" s="9">
-        <v>2011</v>
+        <v>1959</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E69" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="9"/>
       <c r="B70" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C70" s="9">
-        <v>2011</v>
+        <v>1955</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E70" s="12" t="s">
         <v>79</v>
       </c>
       <c r="F70" s="7"/>
       <c r="G70" s="7"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="3">
       <c r="A71" s="9"/>
       <c r="B71" s="12"/>
       <c r="C71" s="9"/>
       <c r="D71" s="9"/>
       <c r="E71" s="12"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B72" s="11" t="s">
         <v>62</v>
       </c>