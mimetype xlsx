--- v0 (2025-10-07)
+++ v1 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России. Пул 9. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>09.11.2023, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>
@@ -104,51 +104,51 @@
   <si>
     <t>Хайруллин Ильяс</t>
   </si>
   <si>
     <t>Демьянов Сергей</t>
   </si>
   <si>
     <t>Королев Максим</t>
   </si>
   <si>
     <t>Матвиенко Владимир</t>
   </si>
   <si>
     <t>Сероштан Андрей</t>
   </si>
   <si>
     <t>Горбачев Никита</t>
   </si>
   <si>
     <t>Золотилов Константин</t>
   </si>
   <si>
     <t>Петров Леонид</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Журавлев Александр</t>
   </si>
   <si>
     <t>Пархоменко Олег</t>
   </si>
   <si>
     <t>Перов Семён</t>
   </si>
   <si>
     <t>Плиско Антон</t>
   </si>
   <si>
     <t>Ревенков Александр</t>
   </si>
   <si>
     <t>Струнов Никита</t>
   </si>
   <si>
     <t>Фролов Денис</t>
   </si>
   <si>
     <t>Карафа-Корбут Олег</t>
   </si>
@@ -176,51 +176,51 @@
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Приморский край</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
 </sst>
 </file>
 
@@ -1243,51 +1243,51 @@
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1968</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>51</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8"/>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>2001</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8"/>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>2002</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>