--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -191,51 +191,51 @@
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>Приморский край</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -862,51 +862,51 @@
       </c>
       <c r="C15" s="8">
         <v>1985</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>2001</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="8">
         <v>1992</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="1"/>