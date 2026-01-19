--- v1 (2025-11-20)
+++ v2 (2026-01-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России. Пул 8. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>08.11.2023, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>