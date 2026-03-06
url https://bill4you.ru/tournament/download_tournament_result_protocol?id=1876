--- v2 (2026-01-19)
+++ v3 (2026-03-06)
@@ -101,51 +101,51 @@
   <si>
     <t>Дуданец Максим</t>
   </si>
   <si>
     <t>Золотилов Константин</t>
   </si>
   <si>
     <t>Ахтямов Станислав</t>
   </si>
   <si>
     <t>Демьянов Сергей</t>
   </si>
   <si>
     <t>Журавлев Александр</t>
   </si>
   <si>
     <t>Лукин Артем</t>
   </si>
   <si>
     <t>Королев Максим</t>
   </si>
   <si>
     <t>Перов Семён</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Струнов Никита</t>
   </si>
   <si>
     <t>Горбачев Никита</t>
   </si>
   <si>
     <t>Карафа-Корбут Олег</t>
   </si>
   <si>
     <t>Коцюба Сергей</t>
   </si>
   <si>
     <t>Лобода Артем</t>
   </si>
   <si>
     <t>Пархоменко Олег</t>
   </si>
   <si>
     <t>Плиско Антон</t>
   </si>
   <si>
     <t>Сафиуллин Марсель</t>
   </si>