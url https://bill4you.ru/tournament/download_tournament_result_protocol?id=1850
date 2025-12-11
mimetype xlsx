--- v0 (2025-10-04)
+++ v1 (2025-12-11)
@@ -221,54 +221,54 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
-    <t>1юн</t>
+    <t>-</t>
   </si>
   <si>
-    <t>-</t>
+    <t>1юн</t>
   </si>
   <si>
     <t>2юн</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Оренбургская область</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>Волгоградская область</t>
   </si>
   <si>
     <t>Воронежская область</t>
   </si>
@@ -1108,71 +1108,71 @@
       </c>
       <c r="C24" s="8">
         <v>2011</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>2010</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>2010</v>
       </c>
       <c r="D26" s="8" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="8">
         <v>2010</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F27" s="1"/>
@@ -1288,51 +1288,51 @@
       </c>
       <c r="C33" s="8">
         <v>2010</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>2014</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>2009</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F35" s="1"/>
@@ -1428,71 +1428,71 @@
       </c>
       <c r="C40" s="8">
         <v>2008</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>2010</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="8">
         <v>2012</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>2010</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F43" s="1"/>
@@ -1508,51 +1508,51 @@
       </c>
       <c r="C44" s="8">
         <v>2008</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2010</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>2013</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F46" s="1"/>
@@ -1568,151 +1568,151 @@
       </c>
       <c r="C47" s="8">
         <v>2012</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>2013</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
         <v>2011</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C50" s="8">
         <v>2012</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C51" s="8">
         <v>2007</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C52" s="8">
         <v>2009</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C53" s="8">
         <v>2015</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="10"/>
       <c r="B54" s="7"/>
       <c r="C54" s="7"/>
       <c r="D54" s="7"/>
       <c r="E54" s="7"/>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="10"/>
       <c r="B55" s="7"/>
       <c r="C55" s="7"/>
       <c r="D55" s="7"/>
       <c r="E55" s="7"/>
       <c r="F55" s="7"/>