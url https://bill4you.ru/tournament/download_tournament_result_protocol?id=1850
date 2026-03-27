--- v1 (2025-12-11)
+++ v2 (2026-03-27)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Всероссийские соревнования «Юные Легенды», девушки до 16 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>31.10.2023, БК "Легенда" (г. Москва), Россия, Москва, Митино,  м. Волоколамская,  Пятницкое ш.,  д. 3,  ТЦ "Пятница",  2 этаж</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -1468,51 +1468,51 @@
       </c>
       <c r="C42" s="8">
         <v>2012</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>70</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>2010</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>2008</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F44" s="1"/>