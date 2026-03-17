--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>БК Шпиль</t>
   </si>
   <si>
     <t>Кубок Беларуси. Финал. Мальчики до 14 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>28.10.2023, БК Шпиль, Беларусь, Минск, ул. Тимирязева 123/2</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
@@ -87,53 +87,50 @@
     <t>Ламака Денис</t>
   </si>
   <si>
     <t>Науменко Богдан</t>
   </si>
   <si>
     <t>Крук Андрей</t>
   </si>
   <si>
     <t>Петухов Александр</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
-  </si>
-[...1 lines deleted...]
-    <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Брестская область</t>
   </si>
   <si>
     <t>Гомельская область</t>
   </si>
   <si>
     <t>Могилёвская область</t>
   </si>
   <si>
     <t>Минская область</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -598,211 +595,211 @@
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="35">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="8">
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="8">
         <v>2013</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="8">
         <v>2009</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
         <v>2011</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>4</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="8">
         <v>2010</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>2014</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="8">
         <v>2014</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="8">
         <v>2009</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8">
         <v>2010</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>23</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10"/>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="10"/>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>