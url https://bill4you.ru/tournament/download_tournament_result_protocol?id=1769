--- v0 (2025-10-04)
+++ v1 (2025-12-11)
@@ -80,51 +80,51 @@
   <si>
     <t>Тимофеев Георгий</t>
   </si>
   <si>
     <t>Долгоруков Никита</t>
   </si>
   <si>
     <t>Лоснов Григорий</t>
   </si>
   <si>
     <t>Сарманова Милена</t>
   </si>
   <si>
     <t>Белов Семен</t>
   </si>
   <si>
     <t>Кисин Григорий</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Смирнов Роман</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Бокарёва София</t>
   </si>
   <si>
     <t>Зайцева Валерия</t>
   </si>
   <si>
     <t>Индрупский Владимир</t>
   </si>
   <si>
     <t>Морозов Елисей</t>
   </si>
   <si>
     <t>Тихий Артемий</t>
   </si>
   <si>
     <t>Чурилов Фёдор</t>
   </si>
   <si>
     <t>Шепелёва Ксения</t>
   </si>
   <si>
     <t>Григорьев Дмитрий</t>
   </si>