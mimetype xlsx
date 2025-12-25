--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России 2023 "Свободная пирамида", юноши до 16 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>16.10.2023, БК "Меткий", Россия, Иркутская область, Иркутск, ул. Красноказачья,  119</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -1190,51 +1190,51 @@
       </c>
       <c r="C29" s="8">
         <v>2010</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>2008</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2010</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>66</v>
       </c>
       <c r="F31" s="1"/>