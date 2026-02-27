--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -209,51 +209,51 @@
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Томская область</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
   <si>
-    <t>Кировская область</t>
+    <t>Рязанская область</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
   <si>
     <t>Хабаровский край</t>
   </si>
   <si>
     <t>Ростовская область</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Иркутская область</t>
   </si>
   <si>
     <t>Красноярский край</t>
   </si>
@@ -1250,51 +1250,51 @@
       </c>
       <c r="C32" s="8">
         <v>2008</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>2008</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>2009</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F34" s="1"/>