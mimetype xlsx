--- v0 (2025-10-06)
+++ v1 (2025-12-11)
@@ -1598,54 +1598,54 @@
       </c>
       <c r="C47" s="8">
         <v>1999</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>1992</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
         <v>1988</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
@@ -1838,51 +1838,51 @@
       </c>
       <c r="C59" s="8">
         <v>1986</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C60" s="8">
         <v>2010</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C61" s="8">
         <v>1983</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F61" s="1"/>