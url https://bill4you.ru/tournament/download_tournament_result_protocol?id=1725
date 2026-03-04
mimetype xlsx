--- v1 (2025-12-11)
+++ v2 (2026-03-04)
@@ -275,51 +275,51 @@
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ДНР</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>Владимирская область</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>Воронежская область</t>
   </si>
   <si>
-    <t>Республика Коми</t>
+    <t>Вологодская область</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Ростовская область</t>
   </si>
   <si>
     <t>Липецкая область</t>
   </si>
   <si>
     <t>Тульская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -1501,51 +1501,51 @@
       </c>
       <c r="D42" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>1960</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1991</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
@@ -1781,51 +1781,51 @@
       </c>
       <c r="D56" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C57" s="8">
         <v>1966</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C58" s="8">
         <v>1985</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
@@ -1881,51 +1881,51 @@
       </c>
       <c r="D61" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C62" s="8">
         <v>1971</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>77</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="10"/>
       <c r="B63" s="7"/>
       <c r="C63" s="7"/>
       <c r="D63" s="7"/>
       <c r="E63" s="7"/>
       <c r="F63" s="7"/>
       <c r="G63" s="7"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10"/>
       <c r="B64" s="7"/>
       <c r="C64" s="7"/>
       <c r="D64" s="7"/>
       <c r="E64" s="7"/>
       <c r="F64" s="7"/>
       <c r="G64" s="7"/>
       <c r="H64" s="1"/>
     </row>