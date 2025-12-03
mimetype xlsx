--- v0 (2025-10-04)
+++ v1 (2025-12-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы. Пул 9. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>27.09.2023, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -110,51 +110,51 @@
   <si>
     <t>Кеслер Константин</t>
   </si>
   <si>
     <t>Корнеев Евгений</t>
   </si>
   <si>
     <t>Лобода Артем</t>
   </si>
   <si>
     <t>Неклеенов Илья</t>
   </si>
   <si>
     <t>Рашев Сергей</t>
   </si>
   <si>
     <t>Светличный Данила</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Аганин Петр</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Воронин Павел</t>
   </si>
   <si>
     <t>Зеленский Ростислав</t>
   </si>
   <si>
     <t>Иванов Вадим</t>
   </si>
   <si>
     <t>Котов Михаил</t>
   </si>
   <si>
     <t>Купряшин Даниил</t>
   </si>
   <si>
     <t>Левин Илья</t>
   </si>
   <si>
     <t>Наон Юрий</t>
   </si>
   <si>
     <t>Плиско Антон</t>
   </si>
@@ -255,53 +255,50 @@
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
-  </si>
-[...1 lines deleted...]
-    <t>Тель-Авив</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -969,51 +966,51 @@
       </c>
       <c r="D17" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>1976</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
         <v>2001</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
@@ -1489,51 +1486,51 @@
       </c>
       <c r="D43" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1992</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2009</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>