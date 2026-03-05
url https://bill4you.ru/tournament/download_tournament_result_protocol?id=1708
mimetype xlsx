--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -1523,51 +1523,51 @@
       </c>
       <c r="C45" s="8">
         <v>2009</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>1960</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
         <v>2007</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F47" s="1"/>