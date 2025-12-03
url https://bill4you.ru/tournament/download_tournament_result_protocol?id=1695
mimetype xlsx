--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы. Пул 8 Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>27.09.2023, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -113,51 +113,51 @@
   <si>
     <t>Золотилов Константин</t>
   </si>
   <si>
     <t>Лукин Артем</t>
   </si>
   <si>
     <t>Наон Юрий</t>
   </si>
   <si>
     <t>Светличный Данила</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Аганин Петр</t>
   </si>
   <si>
     <t>Арефьев Егор</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Воронин Павел</t>
   </si>
   <si>
     <t>Зиновьев Максим</t>
   </si>
   <si>
     <t>Карлов Даниил</t>
   </si>
   <si>
     <t>Корнеев Евгений</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Опанасюк Дмитрий</t>
   </si>
   <si>
     <t>Рашев Сергей</t>
   </si>
   <si>
     <t>Родин Дмитрий</t>
   </si>
@@ -255,53 +255,50 @@
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бразилиа</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1131,51 +1128,51 @@
       </c>
       <c r="D25" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>2008</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="8">
         <v>2006</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
@@ -1191,51 +1188,51 @@
       </c>
       <c r="D28" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>1992</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>1976</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>