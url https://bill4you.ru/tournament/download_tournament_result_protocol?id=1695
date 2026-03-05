--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -1545,51 +1545,51 @@
       </c>
       <c r="C46" s="8">
         <v>2007</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
         <v>1960</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>2012</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F48" s="1"/>