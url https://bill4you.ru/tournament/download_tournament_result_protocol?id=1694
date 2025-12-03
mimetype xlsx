--- v0 (2025-10-04)
+++ v1 (2025-12-03)
@@ -161,51 +161,51 @@
   <si>
     <t>Светличный Данила</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Ургапов Константин</t>
   </si>
   <si>
     <t>Фролов Михаил</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Аганин Петр</t>
   </si>
   <si>
     <t>Александров Артем</t>
   </si>
   <si>
     <t>Белый Антон</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Гоцев Владислав</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Карлов Даниил</t>
   </si>
   <si>
     <t>Колесников Владимир</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Левин Илья</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Опанасюк Дмитрий</t>
   </si>