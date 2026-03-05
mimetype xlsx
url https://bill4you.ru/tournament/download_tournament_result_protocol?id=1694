--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -1521,51 +1521,51 @@
       </c>
       <c r="C46" s="8">
         <v>1992</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>73</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C47" s="8">
         <v>1960</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C48" s="8">
         <v>2012</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F48" s="1"/>