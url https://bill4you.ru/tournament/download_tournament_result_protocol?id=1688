--- v0 (2025-12-03)
+++ v1 (2026-03-06)
@@ -1078,51 +1078,51 @@
       </c>
       <c r="C24" s="8">
         <v>2007</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1960</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>2005</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F26" s="1"/>