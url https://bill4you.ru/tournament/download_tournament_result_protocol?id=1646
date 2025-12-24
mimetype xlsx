--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России снукер 15 кр 2023 (мужчины)</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>14.09.2023, PLAYPOOL, Россия, Санкт-Петербург, Коломяжский пр. 19,  к. 2,  ТЦ Капитолий</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>