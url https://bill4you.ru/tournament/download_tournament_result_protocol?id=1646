--- v1 (2025-12-24)
+++ v2 (2026-03-23)
@@ -1226,51 +1226,51 @@
       </c>
       <c r="C32" s="8">
         <v>1983</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="8">
         <v>2013</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="8">
         <v>1988</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F34" s="1"/>
@@ -1344,51 +1344,51 @@
       </c>
       <c r="C38" s="8">
         <v>2009</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C39" s="8">
         <v>2005</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C40" s="8">
         <v>1956</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F40" s="1"/>