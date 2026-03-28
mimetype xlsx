--- v0 (2026-02-09)
+++ v1 (2026-03-28)
@@ -59,51 +59,51 @@
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 29</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Воронько Даниил</t>
   </si>
   <si>
     <t>Дедюля Илья</t>
   </si>
   <si>
     <t>Гайковас Андрей</t>
   </si>
   <si>
     <t>Новоселов Михаил</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Янчиленко Тимофей</t>
   </si>
   <si>
     <t>Анисимов Степан</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>