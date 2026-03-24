--- v0 (2025-10-06)
+++ v1 (2026-03-24)
@@ -986,51 +986,51 @@
       </c>
       <c r="C23" s="8">
         <v>2010</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="8">
         <v>2014</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>48</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
         <v>2008</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>46</v>
       </c>
       <c r="F25" s="1"/>