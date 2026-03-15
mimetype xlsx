--- v0 (2025-10-20)
+++ v1 (2026-03-15)
@@ -56,180 +56,180 @@
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 15</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Евпатория</t>
   </si>
   <si>
-    <t>Скрипин Иван</t>
+    <t>Колмагоров Федор</t>
   </si>
   <si>
-    <t>Колмагоров Федор</t>
+    <t>Скрипин Иван</t>
   </si>
   <si>
     <t>Ялта 1</t>
   </si>
   <si>
     <t>Коваленко Станислав</t>
   </si>
   <si>
     <t>Артемьев Александр</t>
   </si>
   <si>
     <t>Симферополь 8</t>
   </si>
   <si>
-    <t>Казаков Денис</t>
+    <t>Петросян Артур</t>
   </si>
   <si>
-    <t>Петросян Артур</t>
+    <t>Казаков Денис</t>
   </si>
   <si>
     <t>Симферополь 1</t>
   </si>
   <si>
     <t>Ващенков Глеб</t>
   </si>
   <si>
     <t>Ващенков Илья</t>
   </si>
   <si>
     <t>Ялта</t>
   </si>
   <si>
-    <t>Крашенский Александр</t>
+    <t>Тамаровский Анатолий</t>
   </si>
   <si>
-    <t>Тамаровский Анатолий</t>
+    <t>Крашенский Александр</t>
   </si>
   <si>
     <t>Бахчисарай</t>
   </si>
   <si>
     <t>Евстигнеев Артур</t>
   </si>
   <si>
     <t>Манукян Карен</t>
   </si>
   <si>
     <t>Севастополь 1</t>
   </si>
   <si>
     <t>Белкин Денис</t>
   </si>
   <si>
     <t>Вахитов Тимур</t>
   </si>
   <si>
     <t>Симферополь 3</t>
   </si>
   <si>
     <t>Лайс Кирил</t>
   </si>
   <si>
     <t>Гончаренко Никита</t>
   </si>
   <si>
+    <t>Симферополь 9</t>
+  </si>
+  <si>
+    <t>Мухамедшина Диля</t>
+  </si>
+  <si>
+    <t>Красильников Александр</t>
+  </si>
+  <si>
     <t>Симферополь 6</t>
   </si>
   <si>
-    <t>Сыщенко Денис</t>
+    <t>Николаенко Дмитрий</t>
   </si>
   <si>
-    <t>Николаенко Дмитрий</t>
+    <t>Сыщенко Денис</t>
   </si>
   <si>
     <t>Симферополь 7</t>
   </si>
   <si>
     <t>Цай Алексей</t>
   </si>
   <si>
     <t>Югай Вячеслав</t>
   </si>
   <si>
     <t>Севастополь 2</t>
   </si>
   <si>
     <t>Берстнев Константин</t>
   </si>
   <si>
     <t>Швыдков Владимир</t>
   </si>
   <si>
-    <t>Симферополь 9</t>
-[...25 lines deleted...]
-  <si>
     <t>Симферополь 4</t>
   </si>
   <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Иванов Дмитрий</t>
+  </si>
+  <si>
+    <t>Симферополь 5</t>
+  </si>
+  <si>
+    <t>Фурса Дмитрий</t>
+  </si>
+  <si>
+    <t>Одобеско Денис</t>
+  </si>
+  <si>
+    <t>Симферополь 2</t>
+  </si>
+  <si>
+    <t>Сотников Юрий</t>
+  </si>
+  <si>
+    <t>МЕЛИКЯН КАМО</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Прощенко Сергей</t>
   </si>
   <si>
     <t>Литаврин Геннадий</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
@@ -765,75 +765,75 @@
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="10">
         <v>1</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="9"/>
       <c r="B9" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="9">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="12" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="9"/>
       <c r="B10" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="9">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>63</v>
       </c>
       <c r="E10" s="12" t="s">
-        <v>69</v>
+        <v>13</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="3">
       <c r="A11" s="9"/>
       <c r="B11" s="12"/>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="12"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="10">
         <v>2</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11"/>
@@ -885,69 +885,69 @@
       <c r="E15" s="12"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10">
         <v>3</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="9"/>
       <c r="B17" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="9">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
@@ -1005,75 +1005,75 @@
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="9">
-        <v>2000</v>
+        <v>1983</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="E25" s="12" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C26" s="9">
-        <v>1983</v>
+        <v>2000</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11"/>
@@ -1245,432 +1245,432 @@
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C41" s="9">
-        <v>1976</v>
+        <v>2008</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E41" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C42" s="9">
-        <v>1976</v>
+        <v>1990</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="9">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E45" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C46" s="9">
-        <v>1979</v>
+        <v>1976</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="3">
       <c r="A47" s="9"/>
       <c r="B47" s="12"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="12"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="9"/>
       <c r="B49" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C49" s="9">
-        <v>1980</v>
+        <v>1975</v>
       </c>
       <c r="D49" s="9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E49" s="12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C50" s="9">
-        <v>1997</v>
+        <v>1979</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E50" s="12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="3">
       <c r="A51" s="9"/>
       <c r="B51" s="12"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="12"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="11" t="s">
         <v>46</v>
       </c>
       <c r="C52" s="11"/>
       <c r="D52" s="11"/>
       <c r="E52" s="11"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="9"/>
       <c r="B53" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C53" s="9">
-        <v>2008</v>
+        <v>1980</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="E53" s="12" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="9"/>
       <c r="B54" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C54" s="9">
-        <v>1990</v>
+        <v>1997</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E54" s="12" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="3">
       <c r="A55" s="9"/>
       <c r="B55" s="12"/>
       <c r="C55" s="9"/>
       <c r="D55" s="9"/>
       <c r="E55" s="12"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>49</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="9"/>
       <c r="B57" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C57" s="9">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E57" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="9"/>
       <c r="B58" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C58" s="9">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E58" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="3">
       <c r="A59" s="9"/>
       <c r="B59" s="12"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="12"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>52</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="9"/>
       <c r="B61" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C61" s="9">
-        <v>1966</v>
+        <v>1974</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E61" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="9"/>
       <c r="B62" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C62" s="9">
-        <v>1972</v>
+        <v>1982</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E62" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="3">
       <c r="A63" s="9"/>
       <c r="B63" s="12"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="12"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>55</v>
       </c>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="9"/>
       <c r="B65" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C65" s="9">
-        <v>1986</v>
+        <v>1972</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>66</v>
       </c>
       <c r="E65" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="9"/>
       <c r="B66" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C66" s="9">
-        <v>1979</v>
+        <v>1966</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E66" s="12" t="s">
         <v>70</v>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="3">
       <c r="A67" s="9"/>
       <c r="B67" s="12"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="12"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="13"/>
       <c r="B68" s="8"/>
       <c r="C68" s="8"/>
       <c r="D68" s="8"/>
       <c r="E68" s="8"/>
       <c r="F68" s="8"/>