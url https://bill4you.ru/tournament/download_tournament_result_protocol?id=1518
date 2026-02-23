--- v0 (2025-11-02)
+++ v1 (2026-02-23)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
-[...1 lines deleted...]
-    <t>Федерация бильярдного спорта России</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+  <si>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России 2023  «Комбинированная пирамида», мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>09.07.2023, СК "Олимпийский", Россия, Оренбургская область, Оренбург, ул. Новая,  д.17.</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
@@ -446,132 +446,126 @@
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Владимирская область</t>
   </si>
   <si>
     <t>ДНР</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
-    <t>Челябинская область</t>
+    <t>Новосибирская область</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>Кировская область</t>
   </si>
   <si>
     <t>Красноярский край</t>
   </si>
   <si>
     <t>Воронежская область</t>
   </si>
   <si>
     <t>Оренбургская область</t>
   </si>
   <si>
     <t>Ростовская область</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
   <si>
-    <t>Республика Коми</t>
-[...2 lines deleted...]
-    <t>Новосибирская область</t>
+    <t>Вологодская область</t>
   </si>
   <si>
     <t>Ивановская область</t>
   </si>
   <si>
     <t>Республика Башкортостан</t>
   </si>
   <si>
     <t>Тульская область</t>
   </si>
   <si>
     <t>Саратовская область</t>
   </si>
   <si>
     <t>Ярославская область</t>
   </si>
   <si>
     <t>Республика Марий Эл</t>
   </si>
   <si>
     <t>Волгоградская область</t>
   </si>
   <si>
     <t>Республика Саха (Якутия)</t>
   </si>
   <si>
     <t>Ульяновская область</t>
   </si>
   <si>
     <t>Республика Мордовия</t>
   </si>
   <si>
     <t>Тюменская область</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Республика Дагестан</t>
   </si>
   <si>
     <t>Алтайский край</t>
-  </si>
-[...1 lines deleted...]
-    <t>Нижегородская область</t>
   </si>
   <si>
     <t>Калужская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1581,71 +1575,71 @@
       </c>
       <c r="D34" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>155</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="8">
         <v>2006</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="8">
         <v>1997</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1986</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>133</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
@@ -1661,131 +1655,131 @@
       </c>
       <c r="D38" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="8">
         <v>1996</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="8">
         <v>2001</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="8">
         <v>1989</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="8">
         <v>2003</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="8">
         <v>1981</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="8">
         <v>2001</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>140</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
@@ -1841,51 +1835,51 @@
       </c>
       <c r="D47" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>152</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="8">
         <v>1985</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
         <v>1991</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>133</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
@@ -1901,51 +1895,51 @@
       </c>
       <c r="D50" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>2001</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="8">
         <v>2009</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>140</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
@@ -1981,171 +1975,171 @@
       </c>
       <c r="D54" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="8">
         <v>2004</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>1987</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>137</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>2004</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
         <v>2006</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>2008</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>143</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
         <v>1991</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>2007</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
         <v>2008</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>153</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
@@ -2181,71 +2175,71 @@
       </c>
       <c r="D64" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>152</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>2010</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>2007</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
         <v>2009</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
@@ -2301,151 +2295,151 @@
       </c>
       <c r="D70" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>140</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="8">
         <v>1988</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>1986</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8">
         <v>1975</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>132</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>152</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>1987</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="8">
         <v>1973</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>137</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="8">
         <v>1983</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="8">
         <v>1983</v>
       </c>
       <c r="D77" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
     </row>
@@ -2481,111 +2475,111 @@
       </c>
       <c r="D79" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>140</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="8">
         <v>1988</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>137</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="8">
         <v>2006</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>152</v>
       </c>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C82" s="8">
         <v>1984</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E82" s="9" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="8">
         <v>2002</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E83" s="9" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>92</v>
       </c>
       <c r="C84" s="8">
         <v>1990</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>137</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>154</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
@@ -2701,91 +2695,91 @@
       </c>
       <c r="D90" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E90" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B91" s="9" t="s">
         <v>99</v>
       </c>
       <c r="C91" s="8">
         <v>2003</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E91" s="9" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B92" s="9" t="s">
         <v>100</v>
       </c>
       <c r="C92" s="8">
         <v>1996</v>
       </c>
       <c r="D92" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>145</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B93" s="9" t="s">
         <v>101</v>
       </c>
       <c r="C93" s="8">
         <v>1977</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>137</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B94" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C94" s="8">
         <v>2004</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E94" s="9" t="s">
         <v>152</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
     </row>
@@ -2801,51 +2795,51 @@
       </c>
       <c r="D95" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E95" s="9" t="s">
         <v>141</v>
       </c>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B96" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C96" s="8">
         <v>2007</v>
       </c>
       <c r="D96" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B97" s="9" t="s">
         <v>105</v>
       </c>
       <c r="C97" s="8">
         <v>2009</v>
       </c>
       <c r="D97" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>152</v>
       </c>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
     </row>
@@ -2921,51 +2915,51 @@
       </c>
       <c r="D101" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E101" s="9" t="s">
         <v>144</v>
       </c>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B102" s="9" t="s">
         <v>110</v>
       </c>
       <c r="C102" s="8">
         <v>2005</v>
       </c>
       <c r="D102" s="8" t="s">
         <v>138</v>
       </c>
       <c r="E102" s="9" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B103" s="9" t="s">
         <v>111</v>
       </c>
       <c r="C103" s="8">
         <v>2005</v>
       </c>
       <c r="D103" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>140</v>
       </c>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
     </row>
@@ -3041,71 +3035,71 @@
       </c>
       <c r="D107" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>152</v>
       </c>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B108" s="9" t="s">
         <v>116</v>
       </c>
       <c r="C108" s="8">
         <v>1987</v>
       </c>
       <c r="D108" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E108" s="9" t="s">
-        <v>171</v>
+        <v>145</v>
       </c>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B109" s="9" t="s">
         <v>117</v>
       </c>
       <c r="C109" s="8">
         <v>1996</v>
       </c>
       <c r="D109" s="8" t="s">
         <v>137</v>
       </c>
       <c r="E109" s="9" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="F109" s="1"/>
       <c r="G109" s="1"/>
       <c r="H109" s="1"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B110" s="9" t="s">
         <v>118</v>
       </c>
       <c r="C110" s="8">
         <v>1986</v>
       </c>
       <c r="D110" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>152</v>
       </c>
       <c r="F110" s="1"/>
       <c r="G110" s="1"/>
       <c r="H110" s="1"/>
     </row>
@@ -3181,51 +3175,51 @@
       </c>
       <c r="D114" s="8" t="s">
         <v>135</v>
       </c>
       <c r="E114" s="9" t="s">
         <v>149</v>
       </c>
       <c r="F114" s="1"/>
       <c r="G114" s="1"/>
       <c r="H114" s="1"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B115" s="9" t="s">
         <v>123</v>
       </c>
       <c r="C115" s="8">
         <v>2007</v>
       </c>
       <c r="D115" s="8" t="s">
         <v>134</v>
       </c>
       <c r="E115" s="9" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B116" s="9" t="s">
         <v>124</v>
       </c>
       <c r="C116" s="8">
         <v>1996</v>
       </c>
       <c r="D116" s="8" t="s">
         <v>136</v>
       </c>
       <c r="E116" s="9" t="s">
         <v>147</v>
       </c>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
     </row>