--- v0 (2025-10-21)
+++ v1 (2025-12-18)
@@ -71,120 +71,120 @@
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Красноярск-1</t>
   </si>
   <si>
     <t>Терещенко Дарья</t>
   </si>
   <si>
     <t>Ануфриева Анастасия</t>
   </si>
   <si>
     <t>Москва-1</t>
   </si>
   <si>
     <t>Волк Анастасия</t>
   </si>
   <si>
     <t>Ковалева Екатерина</t>
   </si>
   <si>
+    <t>Оренбург-2</t>
+  </si>
+  <si>
+    <t>Брытченко Екатерина</t>
+  </si>
+  <si>
+    <t>Божгарева Полина</t>
+  </si>
+  <si>
     <t>ХМАО-Югра-2</t>
   </si>
   <si>
     <t>Мудрик Виктория</t>
   </si>
   <si>
     <t>Осинцева Варвара</t>
-  </si>
-[...7 lines deleted...]
-    <t>Божгарева Полина</t>
   </si>
   <si>
     <t>ХМАО-Югра-1</t>
   </si>
   <si>
     <t>Левкина Алена</t>
   </si>
   <si>
     <t>Панова София</t>
   </si>
   <si>
     <t>Воронеж-1</t>
   </si>
   <si>
     <t>Патрунова Алена</t>
   </si>
   <si>
     <t>Фролова Екатерина</t>
   </si>
   <si>
+    <t>Пермь-1</t>
+  </si>
+  <si>
+    <t>Рахметова Маргарита</t>
+  </si>
+  <si>
+    <t>Шляпникова Дарья</t>
+  </si>
+  <si>
     <t>Оренбург-1</t>
   </si>
   <si>
     <t>Перелетова Алиса</t>
   </si>
   <si>
     <t>Гадельшина Альвина</t>
   </si>
   <si>
-    <t>Пермь-1</t>
+    <t>Новосибирск-1</t>
   </si>
   <si>
-    <t>Рахметова Маргарита</t>
+    <t>Лосева Елизавета</t>
   </si>
   <si>
-    <t>Шляпникова Дарья</t>
+    <t>Тарасова Елизавета</t>
   </si>
   <si>
     <t>Москва-2</t>
   </si>
   <si>
     <t>Михайлик Виктория</t>
   </si>
   <si>
     <t>Дарницкая Диана</t>
-  </si>
-[...7 lines deleted...]
-    <t>Тарасова Елизавета</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
@@ -834,149 +834,149 @@
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="3">
       <c r="A15" s="9"/>
       <c r="B15" s="12"/>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="12"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10">
         <v>3</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="9"/>
       <c r="B17" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="9">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E17" s="12" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="9">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E18" s="12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C21" s="9">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E21" s="12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="9">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E22" s="12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
@@ -1082,273 +1082,273 @@
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="9">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E33" s="12" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="9">
         <v>2005</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C37" s="9">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="9">
         <v>2005</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C41" s="9">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E41" s="12" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C42" s="9">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="9">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E45" s="12" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C46" s="9">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="3">
       <c r="A47" s="9"/>
       <c r="B47" s="12"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="12"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="13"/>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="8"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="1"/>
     </row>