--- v1 (2025-12-18)
+++ v2 (2026-02-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России 2023 "Пирамида - командные соревнования", юниорки до 19</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>04.07.2023, СК "Олимпийский", Россия, Оренбургская область, Оренбург, ул. Новая,  д.17.</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
     <t>9 - 10</t>
   </si>
@@ -83,129 +83,129 @@
   <si>
     <t>Ануфриева Анастасия</t>
   </si>
   <si>
     <t>Москва-1</t>
   </si>
   <si>
     <t>Волк Анастасия</t>
   </si>
   <si>
     <t>Ковалева Екатерина</t>
   </si>
   <si>
     <t>Оренбург-2</t>
   </si>
   <si>
     <t>Брытченко Екатерина</t>
   </si>
   <si>
     <t>Божгарева Полина</t>
   </si>
   <si>
     <t>ХМАО-Югра-2</t>
   </si>
   <si>
-    <t>Мудрик Виктория</t>
+    <t>Осинцева Варвара</t>
   </si>
   <si>
-    <t>Осинцева Варвара</t>
+    <t>Мудрик Виктория</t>
   </si>
   <si>
     <t>ХМАО-Югра-1</t>
   </si>
   <si>
     <t>Левкина Алена</t>
   </si>
   <si>
     <t>Панова София</t>
   </si>
   <si>
     <t>Воронеж-1</t>
   </si>
   <si>
     <t>Патрунова Алена</t>
   </si>
   <si>
     <t>Фролова Екатерина</t>
   </si>
   <si>
     <t>Пермь-1</t>
   </si>
   <si>
-    <t>Рахметова Маргарита</t>
+    <t>Шляпникова Дарья</t>
   </si>
   <si>
-    <t>Шляпникова Дарья</t>
+    <t>Рахметова Маргарита</t>
   </si>
   <si>
     <t>Оренбург-1</t>
   </si>
   <si>
     <t>Перелетова Алиса</t>
   </si>
   <si>
     <t>Гадельшина Альвина</t>
   </si>
   <si>
     <t>Новосибирск-1</t>
   </si>
   <si>
     <t>Лосева Елизавета</t>
   </si>
   <si>
     <t>Тарасова Елизавета</t>
   </si>
   <si>
     <t>Москва-2</t>
   </si>
   <si>
     <t>Михайлик Виктория</t>
   </si>
   <si>
     <t>Дарницкая Диана</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
-    <t>2р</t>
+    <t>1р</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Красноярский край</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Оренбургская область</t>
   </si>
   <si>
     <t>Воронежская область</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
@@ -908,72 +908,72 @@
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C21" s="9">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="9">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>53</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>25</v>
       </c>
@@ -1094,69 +1094,69 @@
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
         <v>56</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="9">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>48</v>
       </c>
       <c r="E33" s="12" t="s">
         <v>56</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C34" s="9">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>49</v>
       </c>
       <c r="E34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>7</v>
       </c>
@@ -1239,51 +1239,51 @@
       <c r="B41" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C41" s="9">
         <v>2004</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>46</v>
       </c>
       <c r="E41" s="12" t="s">
         <v>57</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C42" s="9">
         <v>2007</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E42" s="12" t="s">
         <v>57</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>40</v>
       </c>