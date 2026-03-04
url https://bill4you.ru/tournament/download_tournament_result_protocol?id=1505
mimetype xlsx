--- v0 (2025-12-30)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России 2022 "Пирамида с продолжением", мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>19.04.2022, БК "Аристократ", Россия, Республика Татарстан (Татарстан), Казань, ул. Патриса Лумумбы,  47а корпус 1</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -362,87 +362,90 @@
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Воронежская область</t>
   </si>
   <si>
     <t>Красноярский край</t>
   </si>
   <si>
+    <t>Новосибирская область</t>
+  </si>
+  <si>
+    <t>Пермский край</t>
+  </si>
+  <si>
+    <t>Липецкая область</t>
+  </si>
+  <si>
+    <t>Ульяновская область</t>
+  </si>
+  <si>
+    <t>Пензенская область</t>
+  </si>
+  <si>
+    <t>Волгоградская область</t>
+  </si>
+  <si>
+    <t>Самарская область</t>
+  </si>
+  <si>
+    <t>Рязанская область</t>
+  </si>
+  <si>
+    <t>ДНР</t>
+  </si>
+  <si>
+    <t>Свердловская область</t>
+  </si>
+  <si>
+    <t>Тульская область</t>
+  </si>
+  <si>
+    <t>Республика Башкортостан</t>
+  </si>
+  <si>
+    <t>Ленинградская область</t>
+  </si>
+  <si>
     <t>Челябинская область</t>
-  </si>
-[...34 lines deleted...]
-    <t>Ленинградская область</t>
   </si>
   <si>
     <t>Архангельская область</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Кемеровская область</t>
   </si>
   <si>
     <t>Чувашская Республика — Чувашия</t>
   </si>
   <si>
     <t>Ивановская область</t>
   </si>
   <si>
     <t>Курганская область</t>
   </si>
   <si>
     <t>Оренбургская область</t>
   </si>
   <si>
     <t>Алматинская область</t>
   </si>
@@ -1570,51 +1573,51 @@
       </c>
       <c r="C39" s="8">
         <v>1991</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>112</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C40" s="8">
         <v>1979</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>126</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C41" s="8">
         <v>1988</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>125</v>
       </c>
       <c r="F41" s="1"/>
@@ -1833,71 +1836,71 @@
       </c>
       <c r="D52" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="8">
         <v>1996</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C54" s="8">
         <v>1980</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="8">
         <v>1994</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
@@ -1913,51 +1916,51 @@
       </c>
       <c r="D56" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>122</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>1982</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
         <v>1988</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>106</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>119</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
@@ -2073,51 +2076,51 @@
       </c>
       <c r="D64" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>118</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>1986</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>2007</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>121</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
@@ -2133,211 +2136,211 @@
       </c>
       <c r="D67" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>127</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
         <v>1988</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
         <v>1975</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8">
         <v>1997</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>122</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="8">
         <v>1996</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>2007</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8">
         <v>1987</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>1987</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="8">
         <v>1994</v>
       </c>
       <c r="D75" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="8">
         <v>1981</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>106</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="8">
         <v>2008</v>
       </c>
       <c r="D77" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>117</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
     </row>
@@ -2433,51 +2436,51 @@
       </c>
       <c r="D82" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>122</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="8">
         <v>1999</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E83" s="9" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>92</v>
       </c>
       <c r="C84" s="8">
         <v>1991</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>112</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
@@ -2493,51 +2496,51 @@
       </c>
       <c r="D85" s="8" t="s">
         <v>106</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="8">
         <v>1991</v>
       </c>
       <c r="D86" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="8">
         <v>2006</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E87" s="9" t="s">
         <v>125</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
     </row>