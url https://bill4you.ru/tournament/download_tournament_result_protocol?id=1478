--- v0 (2025-10-04)
+++ v1 (2025-12-26)
@@ -260,54 +260,54 @@
   <si>
     <t>Сайдинов Азизбек</t>
   </si>
   <si>
     <t>Тимергазин Роман</t>
   </si>
   <si>
     <t>Токунов Антон</t>
   </si>
   <si>
     <t>Чернышев Владимир</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
-    <t>МС</t>
+    <t>ЗМС</t>
   </si>
   <si>
-    <t>ЗМС</t>
+    <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Кыргызстан</t>
   </si>
   <si>
     <t>Казахстан</t>
   </si>
   <si>
     <t>Узбекистан</t>
   </si>
@@ -835,351 +835,351 @@
       </c>
       <c r="C9" s="8">
         <v>1993</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="8">
         <v>2001</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8">
         <v>1996</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8">
         <v>2000</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="8">
         <v>1997</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="8">
         <v>1991</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C15" s="8">
         <v>1996</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>2001</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="8">
         <v>2004</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>1994</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
         <v>1997</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
         <v>1995</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>1991</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v>2004</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
         <v>1991</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>2005</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1993</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>1988</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F26" s="1"/>
@@ -1195,91 +1195,91 @@
       </c>
       <c r="C27" s="8">
         <v>1999</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>2006</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>1989</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>2004</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>1990</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F31" s="1"/>
@@ -1315,51 +1315,51 @@
       </c>
       <c r="C33" s="8">
         <v>1993</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1998</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>1990</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F35" s="1"/>
@@ -1415,71 +1415,71 @@
       </c>
       <c r="C38" s="8">
         <v>2003</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
         <v>1991</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>1987</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>1985</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F41" s="1"/>
@@ -1535,51 +1535,51 @@
       </c>
       <c r="C44" s="8">
         <v>2007</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>1988</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>91</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>2000</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F46" s="1"/>
@@ -1635,51 +1635,51 @@
       </c>
       <c r="C49" s="8">
         <v>1996</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C50" s="8">
         <v>1985</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>91</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C51" s="8">
         <v>1981</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F51" s="1"/>
@@ -1735,131 +1735,131 @@
       </c>
       <c r="C54" s="8">
         <v>1972</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C55" s="8">
         <v>2007</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C56" s="8">
         <v>1985</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C57" s="8">
         <v>2009</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C58" s="8">
         <v>1986</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C59" s="8">
         <v>1990</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C60" s="8">
         <v>1990</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>84</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F60" s="1"/>