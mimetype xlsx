--- v0 (2025-10-31)
+++ v1 (2025-12-29)
@@ -1063,71 +1063,71 @@
       </c>
       <c r="C15" s="8">
         <v>1995</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>113</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="8">
         <v>2001</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>113</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="8">
         <v>1994</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>113</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="8">
         <v>2005</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>113</v>
       </c>
       <c r="F18" s="1"/>
@@ -1163,51 +1163,51 @@
       </c>
       <c r="C20" s="8">
         <v>2004</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>113</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="8">
         <v>1993</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="8">
         <v>2004</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>113</v>
       </c>
       <c r="F22" s="1"/>
@@ -2058,51 +2058,51 @@
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>1988</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>121</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
-        <v>2099</v>
+        <v>2025</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>113</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
         <v>1991</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E67" s="9" t="s">
@@ -2121,51 +2121,51 @@
       </c>
       <c r="C68" s="8">
         <v>1989</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>112</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C69" s="8">
         <v>2003</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8">
         <v>1986</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>113</v>
       </c>
       <c r="F70" s="1"/>
@@ -2237,51 +2237,51 @@
       </c>
       <c r="C74" s="8">
         <v>1998</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>105</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>112</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="8">
         <v>1973</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="8">
         <v>1988</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>123</v>
       </c>
       <c r="F76" s="1"/>