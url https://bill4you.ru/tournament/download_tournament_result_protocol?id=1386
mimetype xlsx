--- v0 (2025-10-24)
+++ v1 (2025-12-29)
@@ -741,51 +741,51 @@
       </c>
       <c r="C13" s="8">
         <v>2007</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8">
         <v>7</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="8">
         <v>2008</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="8">
         <v>2008</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F15" s="1"/>