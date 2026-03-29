--- v1 (2025-12-29)
+++ v2 (2026-03-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>ФБС Иркутской области</t>
   </si>
   <si>
     <t>Первенство Сибирского федерального округа среди юношей до 16 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>01.05.2023, БК "Меткий", Россия, Иркутская область, Иркутск, ул. Красноказачья,  119</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>9 - 11</t>
   </si>
   <si>
@@ -108,50 +108,53 @@
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Иркутск</t>
   </si>
   <si>
     <t>Красноярск</t>
+  </si>
+  <si>
+    <t>Лесосибирск</t>
   </si>
   <si>
     <t>Усолье-Сибирское</t>
   </si>
   <si>
     <t>Ангарск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -701,54 +704,54 @@
       </c>
       <c r="C11" s="8">
         <v>2008</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>27</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C12" s="8">
         <v>2008</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="8">
         <v>2007</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
@@ -804,69 +807,69 @@
       </c>
       <c r="D16" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>30</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="8">
         <v>1985</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8"/>
       <c r="B18" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="8">
         <v>2008</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="10"/>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10"/>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="1"/>
     </row>