--- v0 (2025-10-07)
+++ v1 (2025-12-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России 2022 "Свободная пирамида", мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>06.06.2022, Премьер-Арена, Россия, ХМАО - Югра, Сургут, ул. Быстринская,  18/4</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
@@ -311,51 +311,51 @@
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>ДНР</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Владимирская область</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
     <t>Свердловская область</t>
   </si>
   <si>
     <t>Красноярский край</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>Липецкая область</t>
   </si>
   <si>
     <t>Тюменская область</t>
   </si>
   <si>
     <t>Новосибирская область</t>
   </si>
   <si>
     <t>Оренбургская область</t>
   </si>
@@ -919,51 +919,51 @@
       </c>
       <c r="C9" s="8">
         <v>1999</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="8">
         <v>2001</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>95</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="8">
         <v>2005</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>96</v>
       </c>
       <c r="F11" s="1"/>