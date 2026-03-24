--- v1 (2025-12-24)
+++ v2 (2026-03-24)
@@ -296,87 +296,87 @@
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
+    <t>Новосибирская область</t>
+  </si>
+  <si>
+    <t>Санкт-Петербург</t>
+  </si>
+  <si>
+    <t>ДНР</t>
+  </si>
+  <si>
+    <t>Москва</t>
+  </si>
+  <si>
+    <t>Владимирская область</t>
+  </si>
+  <si>
+    <t>Республика Татарстан (Татарстан)</t>
+  </si>
+  <si>
+    <t>Московская область</t>
+  </si>
+  <si>
+    <t>Свердловская область</t>
+  </si>
+  <si>
     <t>Челябинская область</t>
   </si>
   <si>
-    <t>Санкт-Петербург</t>
-[...19 lines deleted...]
-  <si>
     <t>Красноярский край</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>Липецкая область</t>
   </si>
   <si>
     <t>Тюменская область</t>
-  </si>
-[...1 lines deleted...]
-    <t>Новосибирская область</t>
   </si>
   <si>
     <t>Оренбургская область</t>
   </si>
   <si>
     <t>Волгоградская область</t>
   </si>
   <si>
     <t>Томская область</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>Ленинградская область</t>
   </si>
   <si>
     <t>Тульская область</t>
   </si>
   <si>
     <t>Республика Дагестан</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
@@ -1142,51 +1142,51 @@
       </c>
       <c r="D20" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="8">
         <v>1993</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="8">
         <v>2004</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
@@ -1222,111 +1222,111 @@
       </c>
       <c r="D24" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="8">
         <v>1994</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="8">
         <v>2007</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="8">
         <v>2004</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="8">
         <v>1983</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="8">
         <v>1993</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
@@ -1342,51 +1342,51 @@
       </c>
       <c r="D30" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>95</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="8">
         <v>2007</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C32" s="8">
         <v>1988</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
@@ -1462,71 +1462,71 @@
       </c>
       <c r="D36" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1997</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C38" s="8">
         <v>2004</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="8">
         <v>2007</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>109</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
@@ -1762,71 +1762,71 @@
       </c>
       <c r="D51" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>112</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="8">
         <v>2003</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="8">
         <v>2006</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C54" s="8">
         <v>2005</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>110</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
@@ -1962,51 +1962,51 @@
       </c>
       <c r="D61" s="8" t="s">
         <v>86</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
         <v>2003</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
         <v>2008</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>91</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>116</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
@@ -2022,51 +2022,51 @@
       </c>
       <c r="D64" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>2001</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>2003</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>117</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>