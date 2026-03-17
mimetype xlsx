--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -50,123 +50,123 @@
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Хозяева цели</t>
   </si>
   <si>
-    <t>Жохова Ксения</t>
+    <t>Цымбал Дарья</t>
   </si>
   <si>
-    <t>Цымбал Дарья</t>
+    <t>Жохова Ксения</t>
   </si>
   <si>
     <t>Феникс</t>
   </si>
   <si>
     <t>Сергеева Анастасия</t>
   </si>
   <si>
     <t>Тюрникова Алёна</t>
   </si>
   <si>
     <t>Форсаж</t>
   </si>
   <si>
-    <t>Жиркова Ксения</t>
+    <t>Дворова Мария</t>
   </si>
   <si>
-    <t>Дворова Мария</t>
+    <t>Жиркова Ксения</t>
   </si>
   <si>
     <t>Лера Пэйтон</t>
   </si>
   <si>
-    <t>Серяченко Валерия</t>
+    <t>Гуртикова Дарья</t>
   </si>
   <si>
-    <t>Гуртикова Дарья</t>
+    <t>Серяченко Валерия</t>
   </si>
   <si>
     <t>Пельмешки</t>
   </si>
   <si>
     <t>Медведева Василиса</t>
   </si>
   <si>
     <t>Ситникова Любовь</t>
   </si>
   <si>
     <t>Золотая луза</t>
   </si>
   <si>
-    <t>Молчанова Нина</t>
+    <t>Касаткина Ирина</t>
   </si>
   <si>
-    <t>Касаткина Ирина</t>
+    <t>Молчанова Нина</t>
   </si>
   <si>
     <t>Пятый элемент</t>
   </si>
   <si>
     <t>Сальникова Валерия</t>
   </si>
   <si>
     <t>Тайдакова Александра</t>
   </si>
   <si>
     <t>Азарт</t>
   </si>
   <si>
+    <t>Гришина Анна</t>
+  </si>
+  <si>
     <t>Костикова Полина</t>
   </si>
   <si>
-    <t>Гришина Анна</t>
+    <t>Ленкова Милана</t>
   </si>
   <si>
     <t>Капибары</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ленкова Милана</t>
   </si>
   <si>
     <t>Ксенофонтова Юлиана</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -616,51 +616,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bill4you.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A44" sqref="A44:A52"/>
+      <selection activeCell="A45" sqref="A45:A53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="6" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="30">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8" customHeight="1" ht="35">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="20">
       <c r="A3" s="4" t="s">
         <v>2</v>
       </c>
@@ -819,69 +819,69 @@
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10">
         <v>3</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11" t="s">
         <v>48</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="9"/>
       <c r="B17" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="9">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="9">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
@@ -1005,72 +1005,72 @@
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
         <v>48</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="9">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="9">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>29</v>
       </c>
@@ -1129,256 +1129,264 @@
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11" t="s">
         <v>48</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C37" s="9">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E37" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C38" s="9">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E38" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
-    <row r="39" spans="1:8" customHeight="1" ht="3">
+    <row r="39" spans="1:8">
       <c r="A39" s="9"/>
-      <c r="B39" s="12"/>
-[...4 lines deleted...]
-      <c r="G39" s="1"/>
+      <c r="B39" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C39" s="9">
+        <v>2012</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E39" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="F39" s="7"/>
+      <c r="G39" s="7"/>
       <c r="H39" s="1"/>
     </row>
-    <row r="40" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="40" spans="1:8" customHeight="1" ht="3">
+      <c r="A40" s="9"/>
+      <c r="B40" s="12"/>
+      <c r="C40" s="9"/>
+      <c r="D40" s="9"/>
+      <c r="E40" s="12"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
-      <c r="A41" s="9"/>
-      <c r="B41" s="12" t="s">
+      <c r="A41" s="10">
+        <v>9</v>
+      </c>
+      <c r="B41" s="11" t="s">
         <v>36</v>
       </c>
-      <c r="C41" s="9">
-[...5 lines deleted...]
-      <c r="E41" s="12" t="s">
+      <c r="C41" s="11"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="F41" s="7"/>
-      <c r="G41" s="7"/>
+      <c r="F41" s="1"/>
+      <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C42" s="9">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E42" s="12" t="s">
         <v>48</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
-    <row r="43" spans="1:8" customHeight="1" ht="3">
+    <row r="43" spans="1:8">
       <c r="A43" s="9"/>
-      <c r="B43" s="12"/>
-[...4 lines deleted...]
-      <c r="G43" s="1"/>
+      <c r="B43" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C43" s="9">
+        <v>2014</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E43" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="F43" s="7"/>
+      <c r="G43" s="7"/>
       <c r="H43" s="1"/>
     </row>
-    <row r="44" spans="1:8">
-[...6 lines deleted...]
-      <c r="G44" s="8"/>
+    <row r="44" spans="1:8" customHeight="1" ht="3">
+      <c r="A44" s="9"/>
+      <c r="B44" s="12"/>
+      <c r="C44" s="9"/>
+      <c r="D44" s="9"/>
+      <c r="E44" s="12"/>
+      <c r="F44" s="1"/>
+      <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="13"/>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="8"/>
       <c r="E45" s="8"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
-      <c r="A46" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A46" s="13"/>
       <c r="B46" s="8"/>
-      <c r="C46" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C46" s="8"/>
       <c r="D46" s="8"/>
       <c r="E46" s="8"/>
       <c r="F46" s="8"/>
       <c r="G46" s="8"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
-      <c r="A47" s="13"/>
+      <c r="A47" s="13" t="s">
+        <v>7</v>
+      </c>
       <c r="B47" s="8"/>
-      <c r="C47" s="8"/>
+      <c r="C47" s="8" t="s">
+        <v>39</v>
+      </c>
       <c r="D47" s="8"/>
       <c r="E47" s="8"/>
       <c r="F47" s="8"/>
       <c r="G47" s="8"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
-      <c r="A48" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A48" s="13"/>
       <c r="B48" s="8"/>
-      <c r="C48" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="8"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
-      <c r="A49" s="13"/>
+      <c r="A49" s="13" t="s">
+        <v>8</v>
+      </c>
       <c r="B49" s="8"/>
-      <c r="C49" s="8"/>
+      <c r="C49" s="8" t="s">
+        <v>39</v>
+      </c>
       <c r="D49" s="8"/>
       <c r="E49" s="8"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
-      <c r="A50" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A50" s="13"/>
       <c r="B50" s="8"/>
-      <c r="C50" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C50" s="8"/>
       <c r="D50" s="8"/>
       <c r="E50" s="8"/>
       <c r="F50" s="8"/>
       <c r="G50" s="8"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
-      <c r="A51" s="14"/>
-[...5 lines deleted...]
-      <c r="G51" s="1"/>
+      <c r="A51" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B51" s="8"/>
+      <c r="C51" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D51" s="8"/>
+      <c r="E51" s="8"/>
+      <c r="F51" s="8"/>
+      <c r="G51" s="8"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="14"/>
       <c r="B52" s="1"/>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
-      <c r="A53" s="1"/>
+      <c r="A53" s="14"/>
       <c r="B53" s="1"/>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1"/>
       <c r="B54" s="1"/>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1"/>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
@@ -10820,53 +10828,53 @@
       <c r="B999" s="1"/>
       <c r="C999" s="1"/>
       <c r="D999" s="1"/>
       <c r="E999" s="1"/>
       <c r="F999" s="1"/>
       <c r="G999" s="1"/>
       <c r="H999" s="1"/>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" s="1"/>
       <c r="B1000" s="1"/>
       <c r="C1000" s="1"/>
       <c r="D1000" s="1"/>
       <c r="E1000" s="1"/>
       <c r="F1000" s="1"/>
       <c r="G1000" s="1"/>
       <c r="H1000" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:B5"/>
-    <mergeCell ref="C46:E46"/>
-[...1 lines deleted...]
-    <mergeCell ref="C50:E50"/>
+    <mergeCell ref="C47:E47"/>
+    <mergeCell ref="C49:E49"/>
+    <mergeCell ref="C51:E51"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>