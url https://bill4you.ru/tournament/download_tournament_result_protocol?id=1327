--- v0 (2025-10-05)
+++ v1 (2026-03-20)
@@ -879,51 +879,51 @@
       </c>
       <c r="D19" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="8">
         <v>2005</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="8">
         <v>2006</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>