--- v0 (2025-10-08)
+++ v1 (2026-03-07)
@@ -789,51 +789,51 @@
       </c>
       <c r="C10" s="8">
         <v>2010</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>62</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8">
         <v>2010</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8">
         <v>2011</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F12" s="1"/>