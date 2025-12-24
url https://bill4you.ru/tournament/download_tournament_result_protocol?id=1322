--- v0 (2025-10-27)
+++ v1 (2025-12-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России 2022 "Динамичная пирамида", мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>08.03.2022, Шаровня-45, Россия, Ставропольский край, Ставрополь, ул.45-я параллель,  д. 5/3</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
@@ -305,51 +305,51 @@
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>ДНР</t>
   </si>
   <si>
     <t>Челябинская область</t>
   </si>
   <si>
     <t>Ростовская область</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Республика Крым</t>
   </si>
   <si>
     <t>Владимирская область</t>
   </si>
   <si>
     <t>Ставропольский край</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>Тульская область</t>
   </si>
   <si>
     <t>Краснодарский край</t>
   </si>
   <si>
     <t>Оренбургская область</t>
   </si>
   <si>
     <t>Волгоградская область</t>
   </si>