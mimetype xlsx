--- v1 (2025-12-24)
+++ v2 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>ФБСР</t>
   </si>
   <si>
     <t>Чемпионат России 2022 "Динамичная пирамида", мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>08.03.2022, Шаровня-45, Россия, Ставропольский край, Ставрополь, ул.45-я параллель,  д. 5/3</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -299,111 +299,108 @@
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>ДНР</t>
   </si>
   <si>
-    <t>Челябинская область</t>
+    <t>Новосибирская область</t>
   </si>
   <si>
     <t>Ростовская область</t>
   </si>
   <si>
     <t>Республика Татарстан (Татарстан)</t>
   </si>
   <si>
     <t>Республика Крым</t>
   </si>
   <si>
     <t>Владимирская область</t>
   </si>
   <si>
     <t>Ставропольский край</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>Тульская область</t>
   </si>
   <si>
     <t>Краснодарский край</t>
   </si>
   <si>
     <t>Оренбургская область</t>
   </si>
   <si>
     <t>Волгоградская область</t>
   </si>
   <si>
-    <t>Новосибирская область</t>
-[...1 lines deleted...]
-  <si>
     <t>Республика Дагестан</t>
   </si>
   <si>
     <t>Красноярский край</t>
   </si>
   <si>
     <t>Воронежская область</t>
-  </si>
-[...1 lines deleted...]
-    <t>Московская область</t>
   </si>
   <si>
     <t>Кабардино-Балкарская Республика</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>Саратовская область</t>
   </si>
   <si>
     <t>Ямало-Ненецкий автономный округ</t>
   </si>
   <si>
     <t>Республика Башкортостан</t>
+  </si>
+  <si>
+    <t>Челябинская область</t>
   </si>
   <si>
     <t>Республика Саха (Якутия)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1190,51 +1187,51 @@
       </c>
       <c r="C23" s="8">
         <v>1996</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>2001</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>96</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1993</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F25" s="1"/>
@@ -1451,51 +1448,51 @@
       </c>
       <c r="D36" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>2006</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
         <v>2003</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
@@ -1511,111 +1508,111 @@
       </c>
       <c r="D39" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>1977</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>1994</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="8">
         <v>2003</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>1994</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>2001</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
@@ -1651,71 +1648,71 @@
       </c>
       <c r="D46" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
         <v>1984</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>2003</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
         <v>1999</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>99</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
@@ -1731,91 +1728,91 @@
       </c>
       <c r="D50" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>98</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C51" s="8">
         <v>1987</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>89</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C52" s="8">
         <v>1977</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C53" s="8">
         <v>1990</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C54" s="8">
         <v>2004</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
@@ -1831,131 +1828,131 @@
       </c>
       <c r="D55" s="8" t="s">
         <v>87</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C56" s="8">
         <v>1996</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C57" s="8">
         <v>1990</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>88</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C58" s="8">
         <v>2001</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>93</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C59" s="8">
         <v>2005</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C60" s="8">
         <v>2001</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C61" s="8">
         <v>2007</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>96</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
@@ -1971,71 +1968,71 @@
       </c>
       <c r="D62" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C63" s="8">
         <v>2003</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C64" s="8">
         <v>2000</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C65" s="8">
         <v>1973</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
@@ -2051,131 +2048,131 @@
       </c>
       <c r="D66" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C67" s="8">
         <v>1992</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C68" s="8">
         <v>1981</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C69" s="8">
         <v>2005</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C70" s="8">
         <v>1996</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C71" s="8">
         <v>1988</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>85</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="10"/>
       <c r="B72" s="7"/>
       <c r="C72" s="7"/>
       <c r="D72" s="7"/>
       <c r="E72" s="7"/>
       <c r="F72" s="7"/>
       <c r="G72" s="7"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="10"/>
       <c r="B73" s="7"/>
       <c r="C73" s="7"/>
       <c r="D73" s="7"/>
       <c r="E73" s="7"/>
       <c r="F73" s="7"/>
       <c r="G73" s="7"/>
       <c r="H73" s="1"/>
     </row>