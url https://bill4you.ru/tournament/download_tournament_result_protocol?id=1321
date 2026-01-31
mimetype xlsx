--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -722,54 +722,54 @@
   <si>
     <t>Усенко Иван</t>
   </si>
   <si>
     <t>Хачатрян Левон</t>
   </si>
   <si>
     <t>Хусенов Акмаль</t>
   </si>
   <si>
     <t>Цейтлин Василий</t>
   </si>
   <si>
     <t>Яценко Иван</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
+    <t>ЗМС</t>
+  </si>
+  <si>
     <t>МСМК</t>
-  </si>
-[...1 lines deleted...]
-    <t>ЗМС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
@@ -1301,251 +1301,251 @@
       </c>
       <c r="C8" s="8">
         <v>1994</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>236</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C9" s="8">
         <v>1993</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="8">
         <v>1997</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="8">
         <v>1988</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="8">
         <v>1990</v>
       </c>
       <c r="D12" s="8" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="8">
         <v>2001</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="8">
         <v>1999</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="8">
         <v>1998</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="8">
         <v>1988</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="8">
         <v>2001</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="8">
         <v>2003</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="8">
         <v>1997</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>250</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="8">
         <v>2004</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F20" s="1"/>
@@ -1561,71 +1561,71 @@
       </c>
       <c r="C21" s="8">
         <v>2007</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="8">
         <v>1995</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="8">
         <v>1986</v>
       </c>
       <c r="D23" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="8">
         <v>1991</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F24" s="1"/>
@@ -1721,51 +1721,51 @@
       </c>
       <c r="C29" s="8">
         <v>1989</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C30" s="8">
         <v>2002</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="8">
         <v>1993</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>241</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F31" s="1"/>
@@ -1821,111 +1821,111 @@
       </c>
       <c r="C34" s="8">
         <v>1994</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="8">
         <v>2009</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="8">
         <v>1997</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C37" s="8">
         <v>2003</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C38" s="8">
         <v>1986</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C39" s="8">
         <v>1991</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F39" s="1"/>
@@ -2021,71 +2021,71 @@
       </c>
       <c r="C44" s="8">
         <v>2008</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>240</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C45" s="8">
         <v>1985</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C46" s="8">
         <v>1996</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C47" s="8">
         <v>1993</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>241</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F47" s="1"/>
@@ -2101,51 +2101,51 @@
       </c>
       <c r="C48" s="8">
         <v>1990</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>241</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C49" s="8">
         <v>1991</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C50" s="8">
         <v>2006</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F50" s="1"/>
@@ -2321,51 +2321,51 @@
       </c>
       <c r="C59" s="8">
         <v>1985</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C60" s="8">
         <v>1990</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C61" s="8">
         <v>1982</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F61" s="1"/>
@@ -2381,131 +2381,131 @@
       </c>
       <c r="C62" s="8">
         <v>2004</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C63" s="8">
         <v>1993</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C64" s="8">
         <v>2010</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>241</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C65" s="8">
         <v>1996</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C66" s="8">
         <v>1995</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>251</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C67" s="8">
         <v>1994</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>250</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C68" s="8">
         <v>2005</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F68" s="1"/>
@@ -2541,91 +2541,91 @@
       </c>
       <c r="C70" s="8">
         <v>2000</v>
       </c>
       <c r="D70" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C71" s="8">
         <v>1995</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>250</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C72" s="8">
         <v>1996</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C73" s="8">
         <v>2001</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C74" s="8">
         <v>1987</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F74" s="1"/>
@@ -2681,51 +2681,51 @@
       </c>
       <c r="C77" s="8">
         <v>1993</v>
       </c>
       <c r="D77" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>87</v>
       </c>
       <c r="C78" s="8">
         <v>1973</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C79" s="8">
         <v>2000</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F79" s="1"/>
@@ -2801,51 +2801,51 @@
       </c>
       <c r="C83" s="8">
         <v>1980</v>
       </c>
       <c r="D83" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C84" s="8">
         <v>1993</v>
       </c>
       <c r="D84" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C85" s="8">
         <v>2005</v>
       </c>
       <c r="D85" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F85" s="1"/>
@@ -3241,51 +3241,51 @@
       </c>
       <c r="C105" s="8">
         <v>1989</v>
       </c>
       <c r="D105" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E105" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F105" s="1"/>
       <c r="G105" s="1"/>
       <c r="H105" s="1"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B106" s="9" t="s">
         <v>115</v>
       </c>
       <c r="C106" s="8">
         <v>1996</v>
       </c>
       <c r="D106" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E106" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F106" s="1"/>
       <c r="G106" s="1"/>
       <c r="H106" s="1"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B107" s="9" t="s">
         <v>116</v>
       </c>
       <c r="C107" s="8">
         <v>1990</v>
       </c>
       <c r="D107" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F107" s="1"/>
@@ -3441,51 +3441,51 @@
       </c>
       <c r="C115" s="8">
         <v>1991</v>
       </c>
       <c r="D115" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E115" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B116" s="9" t="s">
         <v>125</v>
       </c>
       <c r="C116" s="8">
         <v>1997</v>
       </c>
       <c r="D116" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E116" s="9" t="s">
         <v>250</v>
       </c>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B117" s="9" t="s">
         <v>126</v>
       </c>
       <c r="C117" s="8">
         <v>2004</v>
       </c>
       <c r="D117" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E117" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F117" s="1"/>
@@ -3581,51 +3581,51 @@
       </c>
       <c r="C122" s="8">
         <v>1993</v>
       </c>
       <c r="D122" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E122" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F122" s="1"/>
       <c r="G122" s="1"/>
       <c r="H122" s="1"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B123" s="9" t="s">
         <v>132</v>
       </c>
       <c r="C123" s="8">
         <v>1986</v>
       </c>
       <c r="D123" s="8" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="E123" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F123" s="1"/>
       <c r="G123" s="1"/>
       <c r="H123" s="1"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B124" s="9" t="s">
         <v>133</v>
       </c>
       <c r="C124" s="8">
         <v>1999</v>
       </c>
       <c r="D124" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E124" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F124" s="1"/>
@@ -3921,51 +3921,51 @@
       </c>
       <c r="C139" s="8">
         <v>2007</v>
       </c>
       <c r="D139" s="8" t="s">
         <v>243</v>
       </c>
       <c r="E139" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F139" s="1"/>
       <c r="G139" s="1"/>
       <c r="H139" s="1"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B140" s="9" t="s">
         <v>149</v>
       </c>
       <c r="C140" s="8">
         <v>1998</v>
       </c>
       <c r="D140" s="8" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E140" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B141" s="9" t="s">
         <v>150</v>
       </c>
       <c r="C141" s="8">
         <v>1987</v>
       </c>
       <c r="D141" s="8" t="s">
         <v>243</v>
       </c>
       <c r="E141" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F141" s="1"/>
@@ -4581,51 +4581,51 @@
       </c>
       <c r="C172" s="8">
         <v>1979</v>
       </c>
       <c r="D172" s="8" t="s">
         <v>241</v>
       </c>
       <c r="E172" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F172" s="1"/>
       <c r="G172" s="1"/>
       <c r="H172" s="1"/>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B173" s="9" t="s">
         <v>182</v>
       </c>
       <c r="C173" s="8">
         <v>1994</v>
       </c>
       <c r="D173" s="8" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E173" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F173" s="1"/>
       <c r="G173" s="1"/>
       <c r="H173" s="1"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B174" s="9" t="s">
         <v>183</v>
       </c>
       <c r="C174" s="8">
         <v>1995</v>
       </c>
       <c r="D174" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E174" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F174" s="1"/>
@@ -4661,51 +4661,51 @@
       </c>
       <c r="C176" s="8">
         <v>1981</v>
       </c>
       <c r="D176" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E176" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F176" s="1"/>
       <c r="G176" s="1"/>
       <c r="H176" s="1"/>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B177" s="9" t="s">
         <v>186</v>
       </c>
       <c r="C177" s="8">
         <v>1997</v>
       </c>
       <c r="D177" s="8" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E177" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F177" s="1"/>
       <c r="G177" s="1"/>
       <c r="H177" s="1"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B178" s="9" t="s">
         <v>187</v>
       </c>
       <c r="C178" s="8">
         <v>1999</v>
       </c>
       <c r="D178" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E178" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F178" s="1"/>
@@ -4821,51 +4821,51 @@
       </c>
       <c r="C184" s="8">
         <v>1969</v>
       </c>
       <c r="D184" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E184" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F184" s="1"/>
       <c r="G184" s="1"/>
       <c r="H184" s="1"/>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B185" s="9" t="s">
         <v>193</v>
       </c>
       <c r="C185" s="8">
         <v>1985</v>
       </c>
       <c r="D185" s="8" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="E185" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F185" s="1"/>
       <c r="G185" s="1"/>
       <c r="H185" s="1"/>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B186" s="9" t="s">
         <v>194</v>
       </c>
       <c r="C186" s="8">
         <v>1983</v>
       </c>
       <c r="D186" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E186" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F186" s="1"/>