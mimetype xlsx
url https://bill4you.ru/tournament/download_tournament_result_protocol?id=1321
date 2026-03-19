--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -1741,51 +1741,51 @@
       </c>
       <c r="C30" s="8">
         <v>2002</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>237</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>248</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="8">
         <v>1993</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>247</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="8">
         <v>1995</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F32" s="1"/>
@@ -2961,51 +2961,51 @@
       </c>
       <c r="C91" s="8">
         <v>2001</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>250</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B92" s="9" t="s">
         <v>101</v>
       </c>
       <c r="C92" s="8">
         <v>1988</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B93" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C93" s="8">
         <v>2001</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>243</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F93" s="1"/>
@@ -3941,51 +3941,51 @@
       </c>
       <c r="C140" s="8">
         <v>1998</v>
       </c>
       <c r="D140" s="8" t="s">
         <v>241</v>
       </c>
       <c r="E140" s="9" t="s">
         <v>249</v>
       </c>
       <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B141" s="9" t="s">
         <v>150</v>
       </c>
       <c r="C141" s="8">
         <v>1987</v>
       </c>
       <c r="D141" s="8" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E141" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F141" s="1"/>
       <c r="G141" s="1"/>
       <c r="H141" s="1"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B142" s="9" t="s">
         <v>151</v>
       </c>
       <c r="C142" s="8">
         <v>1987</v>
       </c>
       <c r="D142" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E142" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F142" s="1"/>
@@ -4281,51 +4281,51 @@
       </c>
       <c r="C157" s="8">
         <v>2010</v>
       </c>
       <c r="D157" s="8" t="s">
         <v>238</v>
       </c>
       <c r="E157" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F157" s="1"/>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B158" s="9" t="s">
         <v>167</v>
       </c>
       <c r="C158" s="8">
         <v>2001</v>
       </c>
       <c r="D158" s="8" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="E158" s="9" t="s">
         <v>252</v>
       </c>
       <c r="F158" s="1"/>
       <c r="G158" s="1"/>
       <c r="H158" s="1"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B159" s="9" t="s">
         <v>168</v>
       </c>
       <c r="C159" s="8">
         <v>1982</v>
       </c>
       <c r="D159" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E159" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F159" s="1"/>
@@ -4441,51 +4441,51 @@
       </c>
       <c r="C165" s="8">
         <v>1982</v>
       </c>
       <c r="D165" s="8" t="s">
         <v>242</v>
       </c>
       <c r="E165" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F165" s="1"/>
       <c r="G165" s="1"/>
       <c r="H165" s="1"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B166" s="9" t="s">
         <v>175</v>
       </c>
       <c r="C166" s="8">
         <v>2010</v>
       </c>
       <c r="D166" s="8" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="E166" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F166" s="1"/>
       <c r="G166" s="1"/>
       <c r="H166" s="1"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B167" s="9" t="s">
         <v>176</v>
       </c>
       <c r="C167" s="8">
         <v>1984</v>
       </c>
       <c r="D167" s="8" t="s">
         <v>239</v>
       </c>
       <c r="E167" s="9" t="s">
         <v>246</v>
       </c>
       <c r="F167" s="1"/>