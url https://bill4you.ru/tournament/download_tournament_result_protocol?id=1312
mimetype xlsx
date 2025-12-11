--- v0 (2025-10-04)
+++ v1 (2025-12-11)
@@ -1671,51 +1671,51 @@
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
         <v>2010</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="D50" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>2012</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E51" s="9" t="s">