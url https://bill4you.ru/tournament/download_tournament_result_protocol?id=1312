--- v1 (2025-12-11)
+++ v2 (2026-03-14)
@@ -1634,51 +1634,51 @@
       </c>
       <c r="C47" s="8">
         <v>2015</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="8">
         <v>2011</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
         <v>2010</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F49" s="1"/>
@@ -2252,51 +2252,51 @@
       </c>
       <c r="C78" s="8">
         <v>2010</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>87</v>
       </c>
       <c r="C79" s="8">
         <v>2014</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="8">
         <v>2014</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>103</v>
       </c>
       <c r="F80" s="1"/>