--- v0 (2025-10-19)
+++ v1 (2026-01-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Международная Конфедерация Пирамиды</t>
   </si>
   <si>
     <t>Международные соревнования 2023 "Московская весна (3-й турнир)", женщины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>07.04.2023, Москвич, Россия, Москва, пр-кт. Волгоградский дом 46/15 стр.10</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -261,53 +261,50 @@
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Беларусь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Узбекистан</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1654,51 +1651,51 @@
       </c>
       <c r="D51" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C52" s="8">
         <v>1992</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C53" s="8">
         <v>2011</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>