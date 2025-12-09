--- v0 (2025-10-04)
+++ v1 (2025-12-09)
@@ -59,51 +59,51 @@
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 39</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Шишков Артём</t>
   </si>
   <si>
     <t>Киселёв Николай</t>
   </si>
   <si>
     <t>Овчинникова Арина</t>
   </si>
   <si>
     <t>Осин Леонид</t>
   </si>
   <si>
     <t>Петракова София</t>
   </si>
   <si>
     <t>ааааа ааааа</t>
   </si>