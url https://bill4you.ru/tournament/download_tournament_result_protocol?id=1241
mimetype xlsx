--- v0 (2025-10-06)
+++ v1 (2025-12-27)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>3-й этап кубка России по пулу 2023</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>18.03.2023, PLAYPOOL, Россия, Санкт-Петербург, Коломяжский пр. 19,  к. 2,  ТЦ Капитолий</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
@@ -359,60 +359,60 @@
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
     <t>Минск</t>
   </si>
   <si>
     <t>Московская область</t>
   </si>
   <si>
+    <t>Рязанская область</t>
+  </si>
+  <si>
+    <t>Сеул</t>
+  </si>
+  <si>
+    <t>Свердловская область</t>
+  </si>
+  <si>
     <t>Республика Карелия</t>
-  </si>
-[...7 lines deleted...]
-    <t>Свердловская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1616,54 +1616,54 @@
       </c>
       <c r="C44" s="8">
         <v>2003</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="8">
         <v>1991</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="8">
         <v>2000</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
@@ -1899,71 +1899,71 @@
       </c>
       <c r="D58" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>112</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>2002</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
         <v>1988</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>106</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>2012</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>112</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
@@ -2176,51 +2176,51 @@
       </c>
       <c r="C72" s="8">
         <v>2007</v>
       </c>
       <c r="D72" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8">
         <v>2001</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>114</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>2002</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F74" s="1"/>
@@ -2319,51 +2319,51 @@
       </c>
       <c r="D79" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>112</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="8">
         <v>2007</v>
       </c>
       <c r="D80" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="8">
         <v>2007</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
     </row>
@@ -2459,51 +2459,51 @@
       </c>
       <c r="D86" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C87" s="8">
         <v>1975</v>
       </c>
       <c r="D87" s="8" t="s">
         <v>104</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B88" s="9" t="s">
         <v>96</v>
       </c>
       <c r="C88" s="8">
         <v>1992</v>
       </c>
       <c r="D88" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E88" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
     </row>