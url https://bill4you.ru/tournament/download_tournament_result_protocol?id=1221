--- v0 (2026-01-10)
+++ v1 (2026-03-05)
@@ -59,51 +59,51 @@
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 34</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
-    <t>Подерин Федор</t>
+    <t>Подерин Фёдор</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Анисимов Степан</t>
   </si>
   <si>
     <t>Конский Даниил</t>
   </si>
   <si>
     <t>Аганин Петр</t>
   </si>
   <si>
     <t>Кузнецов Никита</t>
   </si>
   <si>
     <t>Потапов Денис</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Батурин Леонард</t>
   </si>
@@ -1137,51 +1137,51 @@
       </c>
       <c r="C28" s="8">
         <v>2010</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>2010</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>2011</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>55</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F30" s="1"/>