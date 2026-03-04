--- v0 (2025-10-07)
+++ v1 (2026-03-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России по снукеру 1 красный среди юниоров 2023</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>25.02.2023, ЛАМ, Россия, Тюменская область, Тюмень, ул. Луначарского,  12</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -967,51 +967,51 @@
       </c>
       <c r="C19" s="8">
         <v>2004</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
         <v>2004</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>2002</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F21" s="1"/>
@@ -1105,51 +1105,51 @@
       </c>
       <c r="C26" s="8">
         <v>2008</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="8">
         <v>2013</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>2006</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F28" s="1"/>
@@ -1185,51 +1185,51 @@
       </c>
       <c r="C30" s="8">
         <v>2010</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2005</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>2009</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>54</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>60</v>
       </c>
       <c r="F32" s="1"/>