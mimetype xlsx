--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>ЧЕМПИОНАТ РЕСПУБЛИКИ ТАТАРСТАН (ЛЮБИТЕЛИ) I-ЭТАП</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
-    <t>19.02.2023, Бильярдная 1, Россия, Республика Татарстан, Казань, ул. Рихарда Зорге 66В</t>
+    <t>19.02.2023, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>
   <si>
     <t>17 - 22</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>