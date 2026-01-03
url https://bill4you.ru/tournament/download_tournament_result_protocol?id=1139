--- v0 (2025-10-05)
+++ v1 (2026-01-03)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России 2-й этап</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>11.02.2023, Москвич, Россия, Москва, пр-кт. Волгоградский дом 46/15 стр.10</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 22</t>
   </si>
@@ -179,51 +179,51 @@
   <si>
     <t>Анисимов Степан</t>
   </si>
   <si>
     <t>Бурсаков Антон</t>
   </si>
   <si>
     <t>Воронина Варвара</t>
   </si>
   <si>
     <t>Колесников Владимир</t>
   </si>
   <si>
     <t>Левин Илья</t>
   </si>
   <si>
     <t>Пронин Дмитрий</t>
   </si>
   <si>
     <t>Садовский Федор</t>
   </si>
   <si>
     <t>Эскандерова Юлия</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Дужнов Вадим</t>
   </si>
   <si>
     <t>Лыпкань Таисия</t>
   </si>
   <si>
     <t>Опанасюк Дмитрий</t>
   </si>
   <si>
     <t>Родин Дмитрий</t>
   </si>
   <si>
     <t>Русов Артур</t>
   </si>
   <si>
     <t>Шмерло Софья</t>
   </si>
   <si>
     <t>Шмыкова Миланна</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
@@ -249,53 +249,50 @@
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Беларусь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Израиль</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1242,51 +1239,51 @@
       </c>
       <c r="D31" s="8" t="s">
         <v>71</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="8">
         <v>1976</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C33" s="8">
         <v>2006</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>