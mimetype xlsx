--- v1 (2026-01-03)
+++ v2 (2026-03-06)
@@ -1414,51 +1414,51 @@
       </c>
       <c r="C40" s="8">
         <v>2003</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>72</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C41" s="8">
         <v>1960</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C42" s="8">
         <v>2005</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F42" s="1"/>