--- v0 (2025-10-03)
+++ v1 (2025-12-10)
@@ -131,51 +131,51 @@
   <si>
     <t>Дубровский Василий</t>
   </si>
   <si>
     <t>Зиновьев Максим</t>
   </si>
   <si>
     <t>Киселёв Николай</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Процышак Сергей</t>
   </si>
   <si>
     <t>Романов Фёдор</t>
   </si>
   <si>
     <t>Семченков Арсений</t>
   </si>
   <si>
     <t>Терешков Святослав</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Грачёв Семён</t>
   </si>
   <si>
     <t>Григорьев Дмитрий</t>
   </si>
   <si>
     <t>Долгоруков Никита</t>
   </si>
   <si>
     <t>Минаев Кирилл</t>
   </si>
   <si>
     <t>Полтораков Константин</t>
   </si>
   <si>
     <t>Чурилов Фёдор</t>
   </si>
   <si>
     <t>Шишков Артём</t>
   </si>
   <si>
     <t>Алференков Матвей</t>
   </si>