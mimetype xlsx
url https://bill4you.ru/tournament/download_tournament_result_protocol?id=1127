--- v0 (2025-10-02)
+++ v1 (2026-01-09)
@@ -979,51 +979,51 @@
       </c>
       <c r="C15" s="8">
         <v>1984</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="8">
         <v>2001</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="8">
         <v>1989</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F17" s="1"/>
@@ -1239,51 +1239,51 @@
       </c>
       <c r="C28" s="8">
         <v>1984</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>1994</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>1999</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F30" s="1"/>
@@ -1719,51 +1719,51 @@
       </c>
       <c r="C52" s="8">
         <v>1986</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C53" s="8">
         <v>1993</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C54" s="8">
         <v>1991</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F54" s="1"/>