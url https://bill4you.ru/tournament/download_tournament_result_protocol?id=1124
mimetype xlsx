--- v0 (2025-10-05)
+++ v1 (2025-12-10)
@@ -86,51 +86,51 @@
   <si>
     <t>Шалагин Максим</t>
   </si>
   <si>
     <t>Анисимов Степан</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Аганин Петр</t>
   </si>
   <si>
     <t>Зиновьев Максим</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Шалагин Юрий</t>
   </si>
   <si>
     <t>Антонюк Роман</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Макулов Тимофей</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Минаев Кирилл</t>
   </si>
   <si>
     <t>Полтораков Константин</t>
   </si>
   <si>
     <t>Тимофеев Георгий</t>
   </si>
   <si>
     <t>Анищенко Юрий</t>
   </si>
   <si>
     <t>Долгоруков Никита</t>
   </si>