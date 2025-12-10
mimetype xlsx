--- v0 (2025-10-04)
+++ v1 (2025-12-10)
@@ -131,51 +131,51 @@
   <si>
     <t>Антонюк Роман</t>
   </si>
   <si>
     <t>Бабышкин Михаил</t>
   </si>
   <si>
     <t>Иванов Вадим</t>
   </si>
   <si>
     <t>Кисин Григорий</t>
   </si>
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Макулов Тимофей</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Полтораков Константин</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Грачёв Семён</t>
   </si>
   <si>
     <t>Ефремов Тимофей</t>
   </si>
   <si>
     <t>Королёв Валерий</t>
   </si>
   <si>
     <t>Семёнов Фёдор</t>
   </si>
   <si>
     <t>Терешков Святослав</t>
   </si>
   <si>
     <t>Тюняев Всеволод</t>
   </si>
   <si>
     <t>Чеботарь Павел</t>
   </si>
   <si>
     <t>Анищенко Юрий</t>
   </si>