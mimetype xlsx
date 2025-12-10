--- v0 (2025-10-06)
+++ v1 (2025-12-10)
@@ -107,51 +107,51 @@
   <si>
     <t>Кузнецов Андрей</t>
   </si>
   <si>
     <t>Медведев Кирилл</t>
   </si>
   <si>
     <t>Потапов Денис</t>
   </si>
   <si>
     <t>Семченков Арсений</t>
   </si>
   <si>
     <t>Солдатов Иван</t>
   </si>
   <si>
     <t>Тимофеев Георгий</t>
   </si>
   <si>
     <t>Шишков Артём</t>
   </si>
   <si>
     <t>Белов Семен</t>
   </si>
   <si>
-    <t>Богдан Рафаэль</t>
+    <t>Богдан Рафаэл</t>
   </si>
   <si>
     <t>Григорьев Дмитрий</t>
   </si>
   <si>
     <t>Дубровский Василий</t>
   </si>
   <si>
     <t>Минаев Кирилл</t>
   </si>
   <si>
     <t>Романов Фёдор</t>
   </si>
   <si>
     <t>Тюняев Всеволод</t>
   </si>
   <si>
     <t>Чеботарь Павел</t>
   </si>
   <si>
     <t>Долгоруков Никита</t>
   </si>
   <si>
     <t>Макулов Тимофей</t>
   </si>