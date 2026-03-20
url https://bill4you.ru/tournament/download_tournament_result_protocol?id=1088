--- v0 (2025-10-20)
+++ v1 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t xml:space="preserve">Открытый Кубок Казани по пулу (до 15 лет) 2023 (1-й этап) </t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
-    <t>22.01.2023, БК Спектр, Россия, Республика Татарстан, Казань, Парковая улица 27А</t>
+    <t>22.01.2023, БК Спектр, Россия, Республика Татарстан (Татарстан), Казань, Парковая улица 27А</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>
   <si>
     <t>17 - 19</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
@@ -122,54 +122,54 @@
   <si>
     <t>Фатин Мирон</t>
   </si>
   <si>
     <t>Хасанов Тимур</t>
   </si>
   <si>
     <t>Гарипов Оскар</t>
   </si>
   <si>
     <t>Гарифуллин Азат</t>
   </si>
   <si>
     <t>Закиров Данис</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>КМС</t>
   </si>
   <si>
-    <t>КМС</t>
+    <t>1р</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Казань</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -668,91 +668,91 @@
       </c>
       <c r="C8" s="8">
         <v>2010</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="8">
         <v>2010</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="8">
         <v>2008</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="8">
         <v>2008</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="8">
         <v>2007</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="1"/>