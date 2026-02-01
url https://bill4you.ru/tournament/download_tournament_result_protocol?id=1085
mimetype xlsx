--- v0 (2025-12-11)
+++ v1 (2026-02-01)
@@ -251,57 +251,57 @@
   <si>
     <t>Рязань</t>
   </si>
   <si>
     <t>Донецк</t>
   </si>
   <si>
     <t>Самара</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
   <si>
     <t>Волгоград</t>
   </si>
   <si>
     <t>Калуга</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>посёлок станции Касимов</t>
   </si>
   <si>
+    <t>Касимов</t>
+  </si>
+  <si>
     <t>Владимир</t>
   </si>
   <si>
     <t>Муром</t>
-  </si>
-[...1 lines deleted...]
-    <t>Касимов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1128,171 +1128,171 @@
       </c>
       <c r="D25" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="8">
         <v>1958</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="8">
         <v>2003</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="8">
         <v>1974</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>1966</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
         <v>1986</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="8">
         <v>2008</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>68</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="8">
         <v>1992</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>69</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="8">
         <v>2007</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>64</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
@@ -1428,51 +1428,51 @@
       </c>
       <c r="D40" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C41" s="8">
         <v>1986</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C42" s="8">
         <v>1956</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
@@ -1488,111 +1488,111 @@
       </c>
       <c r="D43" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C44" s="8">
         <v>1960</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C45" s="8">
         <v>1960</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C46" s="8">
         <v>1985</v>
       </c>
       <c r="D46" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C47" s="8">
         <v>1979</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C48" s="8">
         <v>1980</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
@@ -1628,51 +1628,51 @@
       </c>
       <c r="D50" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C51" s="8">
         <v>1971</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8"/>
       <c r="B52" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C52" s="8">
         <v>1981</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>66</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8"/>