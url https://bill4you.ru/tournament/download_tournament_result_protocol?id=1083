--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -844,51 +844,51 @@
       </c>
       <c r="C15" s="8">
         <v>2011</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
         <v>2012</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>2009</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="1"/>
@@ -1021,51 +1021,51 @@
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="8">
         <v>2009</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="8">
         <v>2007</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E26" s="9" t="s">