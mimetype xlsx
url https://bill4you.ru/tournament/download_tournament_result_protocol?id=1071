--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t xml:space="preserve">22-й "Кубок Кибзуна" по пулу 9. </t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>07.01.2023, Москвич, Россия, Москва, пр-кт. Волгоградский дом 46/15 стр.10</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>