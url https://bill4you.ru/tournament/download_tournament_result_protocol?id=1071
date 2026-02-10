--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -1002,51 +1002,51 @@
       </c>
       <c r="C19" s="8">
         <v>2011</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="8">
         <v>1960</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="8">
         <v>2000</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>74</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="1"/>