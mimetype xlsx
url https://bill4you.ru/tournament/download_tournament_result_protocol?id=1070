--- v0 (2025-10-25)
+++ v1 (2026-02-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России "Комбинированная пирамида", юниоры до 19 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>04.01.2023, БК «Антей», Россия, Свердловская область, Екатеринбург, ул. Малышева 53 / 6 этаж</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
@@ -203,60 +203,60 @@
   <si>
     <t>Чернышев Алексей</t>
   </si>
   <si>
     <t>Шкредов Илья</t>
   </si>
   <si>
     <t>Щербаков Дмитрий</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3р</t>
-  </si>
-[...1 lines deleted...]
-    <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>ДНР</t>
   </si>
   <si>
     <t>Рязанская область</t>
   </si>
   <si>
     <t>Хабаровский край</t>
   </si>
   <si>
     <t>ХМАО - Югра</t>
   </si>
   <si>
     <t>Самарская область</t>
   </si>
   <si>
     <t>Красноярский край</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
@@ -1043,51 +1043,51 @@
       </c>
       <c r="C20" s="8">
         <v>2005</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>2006</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v>2007</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F22" s="1"/>
@@ -1103,71 +1103,71 @@
       </c>
       <c r="C23" s="8">
         <v>2006</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>77</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>2006</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>79</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>2006</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
         <v>2006</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="1"/>
@@ -1183,191 +1183,191 @@
       </c>
       <c r="C27" s="8">
         <v>2004</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>2004</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>2005</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>2006</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>2005</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>2006</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>2006</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>2004</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>2004</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>2006</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F36" s="1"/>
@@ -1443,231 +1443,231 @@
       </c>
       <c r="C40" s="8">
         <v>2006</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>62</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>2006</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="8">
         <v>2005</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8">
         <v>2004</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>2005</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2006</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>81</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8">
         <v>2006</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
         <v>2005</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>2006</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
         <v>2005</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>71</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C50" s="8">
         <v>2007</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="10"/>
       <c r="B51" s="7"/>
       <c r="C51" s="7"/>
       <c r="D51" s="7"/>
       <c r="E51" s="7"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="10"/>
       <c r="B52" s="7"/>
       <c r="C52" s="7"/>
       <c r="D52" s="7"/>
       <c r="E52" s="7"/>
       <c r="F52" s="7"/>