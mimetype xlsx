--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -832,51 +832,51 @@
       </c>
       <c r="C12" s="8">
         <v>2011</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8">
         <v>2010</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>2011</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="1"/>
@@ -1272,51 +1272,51 @@
       </c>
       <c r="C34" s="8">
         <v>2010</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>59</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="8">
         <v>2010</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>68</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C36" s="8">
         <v>2011</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F36" s="1"/>