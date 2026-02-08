--- v1 (2025-12-08)
+++ v2 (2026-02-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Первенство России "Динамичная пирамида", девочки до 13 лет</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>04.01.2023, БК «Антей», Россия, Свердловская область, Екатеринбург, ул. Малышева 53 / 6 этаж</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>