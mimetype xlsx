--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -209,51 +209,51 @@
   <si>
     <t>Марутко Александр</t>
   </si>
   <si>
     <t>Микульский Руслан</t>
   </si>
   <si>
     <t>Соколов Николай</t>
   </si>
   <si>
     <t>Тылец Михаил</t>
   </si>
   <si>
     <t>Урбан Павел</t>
   </si>
   <si>
     <t>Чекан Олег</t>
   </si>
   <si>
     <t>Шараховский Артемий</t>
   </si>
   <si>
     <t>Белоглазко Андрей</t>
   </si>
   <si>
-    <t>Вишневский Вячеслав</t>
+    <t>Вашковский Вячеслав</t>
   </si>
   <si>
     <t>Воробьёв Андрей</t>
   </si>
   <si>
     <t>Жабский Андрей</t>
   </si>
   <si>
     <t>Иванов Сергей</t>
   </si>
   <si>
     <t>Карпович Вадим</t>
   </si>
   <si>
     <t>Киватыцкий Павел</t>
   </si>
   <si>
     <t>Колошко Александр</t>
   </si>
   <si>
     <t>Моисеев Дмитрий</t>
   </si>
   <si>
     <t>Мойсюк Илья</t>
   </si>